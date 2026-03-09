--- v0 (2025-10-28)
+++ v1 (2026-03-09)
@@ -1,3045 +1,1925 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:tbl>
-[...521 lines deleted...]
-    <w:p w:rsidR="00D2743D" w:rsidRPr="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="006D0B9F">
+    <w:p w14:paraId="77F08F4B" w14:textId="66D49C25" w:rsidR="0068669E" w:rsidRPr="0068669E" w:rsidRDefault="00A3477E" w:rsidP="0021238C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="261CC457" wp14:editId="02FDC04B">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>144780</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-7620</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="572135" cy="572135"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="795931478" name="Picture 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="572135" cy="572135"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>CỘNG HÒA XÃ HỘI CHỦ NGHĨA VIỆT NAM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B61E17" w14:textId="2B1885E0" w:rsidR="0068669E" w:rsidRPr="0021238C" w:rsidRDefault="00A3477E" w:rsidP="0021238C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D2743D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52476319" wp14:editId="1D605741">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1931035</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>204470</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2019300" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1883420172" name="Straight Connector 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2019300" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="396E9227" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="152.05pt,16.1pt" to="311.05pt,16.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCggbP5mQEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC815JToGgFyzkkaC9B&#10;G/TxAQy1tIiSXGLJWvLfd0nbcpEERVH0QvExM7uzu9rczN6JPVCyGHq5XrVSQNA42LDr5fdvH16/&#10;kyJlFQblMEAvD5Dkzfbq1WaKHVzjiG4AEiwSUjfFXo45x65pkh7Bq7TCCIEfDZJXmY+0awZSE6t7&#10;11y37dtmQhoioYaU+Pbu+Ci3Vd8Y0PmzMQmycL3k3HJdqa6PZW22G9XtSMXR6lMa6h+y8MoGDrpI&#10;3amsxE+yz6S81YQJTV5p9A0aYzVUD+xm3T5x83VUEaoXLk6KS5nS/5PVn/a34YG4DFNMXYoPVFzM&#10;hnz5cn5irsU6LMWCOQvNl5zv+zct11Sf35oLMVLKHwG9KJteOhuKD9Wp/X3KHIyhZwgfLqHrLh8c&#10;FLALX8AIO3CwdWXXqYBbR2KvuJ/Dj3XpH2tVZKEY69xCav9MOmELDeqk/C1xQdeIGPJC9DYgvRQ1&#10;z+dUzRF/dn30Wmw/4nCojajl4HZXZ6fRLPP0+7nSLz/Q9hcAAAD//wMAUEsDBBQABgAIAAAAIQAK&#10;b+Eu3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOD2iqNUyF+TnBI&#10;AweObrxNosbrKHaTwNOziAPcdmdGs99mu9l1YsQhtJ40LBcJCKTK25ZqDe9vzzcbECEasqbzhBo+&#10;McAuv7zITGr9RHscy1gLLqGQGg1NjH0qZagadCYsfI/E3tEPzkReh1rawUxc7jqpkmQlnWmJLzSm&#10;x4cGq1N5dhrWTy9l0U+Pr1+FXMuiGH3cnD60vr6a77cgIs7xLww/+IwOOTMd/JlsEJ2G2+RuyVEe&#10;lALBgZVSLBx+BZln8v8H+TcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoIGz+ZkBAACI&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEACm/hLt4A&#10;AAAJAQAADwAAAAAAAAAAAAAAAADzAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP4E&#10;AAAAAA==&#10;" strokecolor="black [3040]"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0021238C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Độc lập - Tự do - Hạnh phúc</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20E3181A" w14:textId="4B1770A8" w:rsidR="0068669E" w:rsidRDefault="0068669E" w:rsidP="0086073D">
+      <w:pPr>
+        <w:spacing w:before="480" w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...2 lines deleted...]
-        <w:t>xác nhận</w:t>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021238C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ĐƠN XIN </w:t>
+      </w:r>
+      <w:r w:rsidR="00122E7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>THÔI HỌC</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00705470" w:rsidRPr="0046052E" w:rsidRDefault="00D2743D" w:rsidP="006D0B9F">
+    <w:p w14:paraId="43206454" w14:textId="58C18AA1" w:rsidR="0068669E" w:rsidRPr="0068669E" w:rsidRDefault="0068669E" w:rsidP="00C87FB7">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kính gửi: </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0036">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Hiệu trưởng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trường Đại học Sư phạm - Đại học Đà Nẵng</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="352D2F77" w14:textId="77777777" w:rsidR="0009512C" w:rsidRPr="0068669E" w:rsidRDefault="0009512C" w:rsidP="0009512C">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="dot" w:pos="9498"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
-        <w:spacing w:before="50"/>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk196294455"/>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Tôi tên:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Mã số người học:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2182BA5B" w14:textId="77777777" w:rsidR="0009512C" w:rsidRDefault="0009512C" w:rsidP="0009512C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Ngày sinh:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Căn cước công dân:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F33EB88" w14:textId="77777777" w:rsidR="0009512C" w:rsidRPr="0068669E" w:rsidRDefault="0009512C" w:rsidP="0009512C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Hộ khẩu thường trú:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DF9C44" w14:textId="77777777" w:rsidR="0009512C" w:rsidRPr="0068669E" w:rsidRDefault="0009512C" w:rsidP="0009512C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Điện thoại liên lạc:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E7AD112" w14:textId="77777777" w:rsidR="0009512C" w:rsidRDefault="0009512C" w:rsidP="0009512C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="1985"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="6804"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Lớp:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Ngành học:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Khóa:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="0A9E6110" w14:textId="3E8E6ADA" w:rsidR="0068669E" w:rsidRPr="0068669E" w:rsidRDefault="00FE0036" w:rsidP="0086073D">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...19 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ôi làm đơn kính </w:t>
+      </w:r>
+      <w:r w:rsidR="00C658A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>xin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Hiệu trưởng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trường Đại học Sư phạm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Đại học Đà Nẵng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cho phép tôi được</w:t>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00572752">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>thôi</w:t>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> học kể từ học kỳ…..</w:t>
+      </w:r>
+      <w:r w:rsidR="000C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>năm học 20</w:t>
+      </w:r>
+      <w:r w:rsidR="000C443E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0017522C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r w:rsidR="000C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00253EC6" w:rsidRDefault="00253EC6" w:rsidP="006D0B9F">
+    <w:p w14:paraId="78FE51F0" w14:textId="59C027A2" w:rsidR="0068669E" w:rsidRDefault="0068669E" w:rsidP="0086073D">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="dot" w:pos="9498"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
-        <w:spacing w:before="50"/>
+        <w:spacing w:after="120"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Lý do</w:t>
+      </w:r>
+      <w:r w:rsidR="000C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> xin thôi học</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="0017522C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B645053" w14:textId="326A6ADA" w:rsidR="0017522C" w:rsidRDefault="0017522C" w:rsidP="00C87FB7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00253EC6" w:rsidRDefault="00253EC6" w:rsidP="006D0B9F">
+    <w:p w14:paraId="301CDF3C" w14:textId="0B2C69E5" w:rsidR="0086073D" w:rsidRDefault="00BC4CF7" w:rsidP="00B74FDB">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="dot" w:pos="9498"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
-        <w:spacing w:before="50"/>
+        <w:spacing w:after="120"/>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t>/MSHV</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="0086073D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ôi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>cam kết</w:t>
+      </w:r>
+      <w:r w:rsidR="0086073D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thanh toán các khoản nợ (nếu có) và rút hồ sơ người học theo quy định.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00253EC6" w:rsidRDefault="00253EC6" w:rsidP="006D0B9F">
+    <w:p w14:paraId="41E71D3B" w14:textId="3229B7BE" w:rsidR="00137B08" w:rsidRPr="0068669E" w:rsidRDefault="00137B08" w:rsidP="00B74FDB">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="dot" w:pos="9498"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
-        <w:spacing w:before="50"/>
+        <w:spacing w:after="120"/>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:t>Lớp:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tôi cam kết việc xin thôi học đã được sự đồng ý của ………………(bố mẹ hoặc người giám hộ) và chịu mọi trách nhiệm </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thôi học </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>sau khi có Quyết định.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00705470" w:rsidRDefault="00705470" w:rsidP="006D0B9F">
+    <w:p w14:paraId="05532517" w14:textId="77777777" w:rsidR="0086073D" w:rsidRPr="0068669E" w:rsidRDefault="0086073D" w:rsidP="0086073D">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:before="50"/>
+        <w:spacing w:after="120"/>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...278 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Tôi xin trân trọng cảm ơn./.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9214" w:type="dxa"/>
-        <w:tblInd w:w="279" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="850"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="4611"/>
+        <w:gridCol w:w="4631"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D2743D" w:rsidTr="000F533F">
+      <w:tr w:rsidR="000D6F85" w14:paraId="525C02FA" w14:textId="77777777" w:rsidTr="00590A3B">
+        <w:trPr>
+          <w:trHeight w:val="3374"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2743D" w:rsidRPr="00A97B71" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
-[...22 lines deleted...]
-              <w:t>STT</w:t>
+          <w:p w14:paraId="49251E9C" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="00AD0BFD" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="686F46CE" w14:textId="77777777" w:rsidR="00590A3B" w:rsidRDefault="00590A3B" w:rsidP="00590A3B">
+            <w:pPr>
+              <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Xác nhận việc sinh viên thôi học đã được cha mẹ sinh viên đồng ý của GVCN lớp: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FFC2A33" w14:textId="77777777" w:rsidR="00590A3B" w:rsidRPr="00BF6800" w:rsidRDefault="00590A3B" w:rsidP="00590A3B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF6800">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF6800">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ý và ghi họ tên)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B78CD34" w14:textId="4EE95504" w:rsidR="008B2F5A" w:rsidRPr="00BF6800" w:rsidRDefault="00590A3B" w:rsidP="00590A3B">
+            <w:pPr>
+              <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590A3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>………………</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>……………………………..</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7926F174" w14:textId="2B0B07E1" w:rsidR="00BF6800" w:rsidRPr="00BF6800" w:rsidRDefault="00BF6800" w:rsidP="00BF6800">
+            <w:pPr>
+              <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF6800">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>…………………………………………….</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D2F8B91" w14:textId="77777777" w:rsidR="00590A3B" w:rsidRDefault="00590A3B" w:rsidP="00590A3B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TRƯỞNG</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F11E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KHOA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="540A3AB4" w14:textId="38DF6B02" w:rsidR="00590A3B" w:rsidRPr="00BF6800" w:rsidRDefault="00590A3B" w:rsidP="00590A3B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF6800">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF6800">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ý và ghi họ tên)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EBDB67B" w14:textId="5D74DB0E" w:rsidR="008B2F5A" w:rsidRDefault="008B2F5A" w:rsidP="0040457F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65EAC575" w14:textId="77777777" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="0040457F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="327D16FB" w14:textId="77777777" w:rsidR="00590A3B" w:rsidRDefault="00590A3B" w:rsidP="0040457F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2359EF39" w14:textId="77777777" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="00B844A0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13FB1539" w14:textId="767FE3FA" w:rsidR="008B2F5A" w:rsidRPr="00B844A0" w:rsidRDefault="00BF6800" w:rsidP="00B844A0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF6800">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>…………………………………..</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4631" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2743D" w:rsidRPr="00A97B71" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
-[...10 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="59733A5A" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="00AD0BFD" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A97B71">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00AD0BFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>Đơn vị</w:t>
+              <w:t>Đà Nẵng, ngày……. tháng……năm 20…</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CDFF6DE" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="00AD0BFD" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD0BFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Người làm đơn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="138DFA82" w14:textId="36B050A0" w:rsidR="000D6F85" w:rsidRPr="00BF6800" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF6800">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(Ký và ghi họ tên)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="703619DC" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="00AD0BFD" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCB8A3B" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="00AD0BFD" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E766222" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="00AD0BFD" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0371F6D9" w14:textId="7AA5F3B7" w:rsidR="000D6F85" w:rsidRDefault="000D6F85" w:rsidP="00B844A0">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B83A7FE" w14:textId="14D0A680" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F6A90E8" w14:textId="77777777" w:rsidR="00590A3B" w:rsidRDefault="00590A3B" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2269DD50" w14:textId="5C45F42C" w:rsidR="00BF6800" w:rsidRPr="00AD0BFD" w:rsidRDefault="00BF6800" w:rsidP="00B844A0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF6800">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>………………………………..</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0040457F" w14:paraId="113A64D9" w14:textId="77777777" w:rsidTr="00590A3B">
+        <w:trPr>
+          <w:trHeight w:val="1963"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4611" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3003A20F" w14:textId="77777777" w:rsidR="0040457F" w:rsidRPr="001F11E2" w:rsidRDefault="0040457F" w:rsidP="0040457F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TRƯỞNG</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F11E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PHÒNG </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>QLNH-TV</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="166CF889" w14:textId="77777777" w:rsidR="0040457F" w:rsidRPr="001F11E2" w:rsidRDefault="0040457F" w:rsidP="0040457F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="493BBA50" w14:textId="77777777" w:rsidR="0040457F" w:rsidRPr="001F11E2" w:rsidRDefault="0040457F" w:rsidP="0040457F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BD06C49" w14:textId="77777777" w:rsidR="0040457F" w:rsidRDefault="0040457F" w:rsidP="0040457F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08A5FD34" w14:textId="77777777" w:rsidR="00590A3B" w:rsidRDefault="00590A3B" w:rsidP="0040457F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43ABD9A6" w14:textId="77777777" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="0040457F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78042171" w14:textId="77777777" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="0040457F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EEB2483" w14:textId="497EF43A" w:rsidR="00B844A0" w:rsidRPr="00AD0BFD" w:rsidRDefault="00B844A0" w:rsidP="0040457F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF6800">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>…………………………………..</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4631" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97B71" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
-[...22 lines deleted...]
-              <w:t>Ý kiến xác nhận</w:t>
+          <w:p w14:paraId="2FA40790" w14:textId="77777777" w:rsidR="008B2F5A" w:rsidRDefault="008B2F5A" w:rsidP="008B2F5A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F11E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DUYỆT CỦA </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-              <w:t>(Ký và ghi rõ họ tên)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HIỆU TRƯỞNG</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...28 lines deleted...]
-              <w:t>Ngày</w:t>
+          <w:p w14:paraId="1FFA0AB0" w14:textId="77777777" w:rsidR="0040457F" w:rsidRDefault="0040457F" w:rsidP="00DE423A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7391AA1C" w14:textId="77777777" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="00DE423A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A5B16F6" w14:textId="77777777" w:rsidR="00590A3B" w:rsidRDefault="00590A3B" w:rsidP="00DE423A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1178633C" w14:textId="77777777" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="00DE423A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F7E3A36" w14:textId="77777777" w:rsidR="00590A3B" w:rsidRDefault="00590A3B" w:rsidP="00DE423A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22E6540E" w14:textId="77777777" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="00DE423A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DE47A74" w14:textId="79337234" w:rsidR="00B844A0" w:rsidRPr="00AD0BFD" w:rsidRDefault="00B844A0" w:rsidP="00B844A0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF6800">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>…………………………………..</w:t>
             </w:r>
-          </w:p>
-[...765 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D70AC" w:rsidRPr="00C81C60" w:rsidRDefault="00945734" w:rsidP="00A97B71">
+    <w:p w14:paraId="7803C89F" w14:textId="50DA4FC2" w:rsidR="00465FB0" w:rsidRPr="0068669E" w:rsidRDefault="00465FB0" w:rsidP="00B844A0">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...33 lines deleted...]
-          <w:i/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...602 lines deleted...]
-      <w:type w:val="continuous"/>
+    <w:sectPr w:rsidR="00465FB0" w:rsidRPr="0068669E" w:rsidSect="0021238C">
+      <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="851" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1531" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001F5366" w:rsidRDefault="001F5366" w:rsidP="00705470">
+    <w:p w14:paraId="78A7F102" w14:textId="77777777" w:rsidR="00DF0FC1" w:rsidRDefault="00DF0FC1" w:rsidP="00C87FB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001F5366" w:rsidRDefault="001F5366" w:rsidP="00705470">
+    <w:p w14:paraId="6F7B1830" w14:textId="77777777" w:rsidR="00DF0FC1" w:rsidRDefault="00DF0FC1" w:rsidP="00C87FB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="78893EA0" w14:textId="54277F27" w:rsidR="00282842" w:rsidRPr="00C87FB7" w:rsidRDefault="00282842" w:rsidP="00C87FB7">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="12060"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:b/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+      </w:rPr>
+      <w:t>B03.QLNH-TV-04</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="00C87FB7">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Lần ban hành: </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="00C87FB7">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      </w:rPr>
+      <w:t>Ngày ban hành:</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 29 /4 /2025</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001F5366" w:rsidRDefault="001F5366" w:rsidP="00705470">
+    <w:p w14:paraId="1B0FBA96" w14:textId="77777777" w:rsidR="00DF0FC1" w:rsidRDefault="00DF0FC1" w:rsidP="00C87FB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001F5366" w:rsidRDefault="001F5366" w:rsidP="00705470">
+    <w:p w14:paraId="560F6830" w14:textId="77777777" w:rsidR="00DF0FC1" w:rsidRDefault="00DF0FC1" w:rsidP="00C87FB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...96 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="140"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00705470"/>
-[...54 lines deleted...]
-    <w:rsid w:val="00F914B1"/>
+    <w:rsidRoot w:val="0068669E"/>
+    <w:rsid w:val="00001069"/>
+    <w:rsid w:val="0009512C"/>
+    <w:rsid w:val="000A1125"/>
+    <w:rsid w:val="000C443E"/>
+    <w:rsid w:val="000D6F85"/>
+    <w:rsid w:val="000E3D5A"/>
+    <w:rsid w:val="00122E7A"/>
+    <w:rsid w:val="00137B08"/>
+    <w:rsid w:val="0017522C"/>
+    <w:rsid w:val="001E797C"/>
+    <w:rsid w:val="0021238C"/>
+    <w:rsid w:val="00254BE0"/>
+    <w:rsid w:val="00282842"/>
+    <w:rsid w:val="002B3D7D"/>
+    <w:rsid w:val="0034531C"/>
+    <w:rsid w:val="0040457F"/>
+    <w:rsid w:val="00465FB0"/>
+    <w:rsid w:val="004751AF"/>
+    <w:rsid w:val="00553C3A"/>
+    <w:rsid w:val="00572752"/>
+    <w:rsid w:val="00590A3B"/>
+    <w:rsid w:val="005D186B"/>
+    <w:rsid w:val="0068669E"/>
+    <w:rsid w:val="006A2ECF"/>
+    <w:rsid w:val="006D0CEF"/>
+    <w:rsid w:val="007664F9"/>
+    <w:rsid w:val="007F0C8F"/>
+    <w:rsid w:val="007F7B49"/>
+    <w:rsid w:val="0081054C"/>
+    <w:rsid w:val="00857565"/>
+    <w:rsid w:val="0086073D"/>
+    <w:rsid w:val="00881B1C"/>
+    <w:rsid w:val="008B2F5A"/>
+    <w:rsid w:val="008F3A80"/>
+    <w:rsid w:val="0094754C"/>
+    <w:rsid w:val="00973150"/>
+    <w:rsid w:val="0097453F"/>
+    <w:rsid w:val="009D26AF"/>
+    <w:rsid w:val="00A24982"/>
+    <w:rsid w:val="00A3477E"/>
+    <w:rsid w:val="00AD0BFD"/>
+    <w:rsid w:val="00B4117C"/>
+    <w:rsid w:val="00B62764"/>
+    <w:rsid w:val="00B72882"/>
+    <w:rsid w:val="00B74FDB"/>
+    <w:rsid w:val="00B844A0"/>
+    <w:rsid w:val="00B87DBE"/>
+    <w:rsid w:val="00BC4CF7"/>
+    <w:rsid w:val="00BD7D0E"/>
+    <w:rsid w:val="00BF0D11"/>
+    <w:rsid w:val="00BF6800"/>
+    <w:rsid w:val="00C148CE"/>
+    <w:rsid w:val="00C658A8"/>
+    <w:rsid w:val="00C87FB7"/>
+    <w:rsid w:val="00D84291"/>
+    <w:rsid w:val="00DA013F"/>
+    <w:rsid w:val="00DB106B"/>
+    <w:rsid w:val="00DE423A"/>
+    <w:rsid w:val="00DF0FC1"/>
+    <w:rsid w:val="00DF2696"/>
+    <w:rsid w:val="00FD6971"/>
+    <w:rsid w:val="00FE0036"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="0519CED4"/>
+  <w14:docId w14:val="28A7B0F8"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{3E22684C-9AEB-4B3E-AB2F-C8268300D927}"/>
+  <w15:docId w15:val="{384AE69E-287C-46C7-B0D8-DA53C584FC2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
-        <w:sz w:val="24"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3117,51 +1997,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3338,585 +2218,479 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00705470"/>
-[...6 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Strong">
-[...111 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00D2743D"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="000D6F85"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="001E797C"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C87FB7"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C87FB7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C87FB7"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:rsid w:val="00C87FB7"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...27 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>706</Characters>
+  <Pages>2</Pages>
+  <Words>157</Words>
+  <Characters>898</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>828</CharactersWithSpaces>
+  <CharactersWithSpaces>1053</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Phòng Công tác Sinh viên - ĐH Sư phạm - ĐH Đà Nẵng</dc:creator>
+  <dc:creator>le trang tin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>