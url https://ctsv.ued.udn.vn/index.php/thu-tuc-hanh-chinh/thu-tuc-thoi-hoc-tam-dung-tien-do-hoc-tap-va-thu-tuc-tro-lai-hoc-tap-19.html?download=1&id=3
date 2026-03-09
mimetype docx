--- v0 (2025-12-31)
+++ v1 (2026-03-09)
@@ -1,2307 +1,3045 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="77F08F4B" w14:textId="66D49C25" w:rsidR="0068669E" w:rsidRPr="0068669E" w:rsidRDefault="00A3477E" w:rsidP="0021238C">
-[...770 lines deleted...]
-    <w:p w14:paraId="38C3C07E" w14:textId="5A32CF51" w:rsidR="006556DA" w:rsidRDefault="006556DA" w:rsidP="004C1BEC">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9870" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3991"/>
+        <w:gridCol w:w="5879"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00705470" w:rsidRPr="00103182" w:rsidTr="00A97B71">
+        <w:trPr>
+          <w:trHeight w:val="668"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00705470" w:rsidRPr="00103182" w:rsidRDefault="00705470" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:ind w:left="462"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00103182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ĐẠI HỌC ĐÀ NẴNG</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00705470" w:rsidRPr="00103182" w:rsidRDefault="00705470" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:ind w:left="179"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00103182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>756920</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>217170</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="838200" cy="0"/>
+                      <wp:effectExtent l="5080" t="12700" r="13970" b="6350"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="2" name="Straight Arrow Connector 2"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvCnPr>
+                              <a:cxnSpLocks noChangeShapeType="1"/>
+                            </wps:cNvCnPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="838200" cy="0"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="straightConnector1">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                    <a:noFill/>
+                                  </a14:hiddenFill>
+                                </a:ext>
+                              </a:extLst>
+                            </wps:spPr>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="page">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="page">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype w14:anchorId="53721ED8" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                      <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                      <o:lock v:ext="edit" shapetype="t"/>
+                    </v:shapetype>
+                    <v:shape id="Straight Arrow Connector 2" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:59.6pt;margin-top:17.1pt;width:66pt;height:0;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAeeRSmIwIAAEkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+QwgLW4gIq1UCvWy7&#10;SGw/wNgOsZp4LNsQUNV/79hAxLaXqmoOzjjjefNm5jmLp1PbkKO0ToHOaTocUSI1B6H0Pqff3taD&#10;GSXOMy1YA1rm9CwdfVp+/LDoTCbHUEMjpCUIol3WmZzW3pssSRyvZcvcEIzU6KzAtszj1u4TYVmH&#10;6G2TjEejx6QDK4wFLp3Dr+XFSZcRv6ok969V5aQnTU6Rm4+rjesurMlywbK9ZaZW/EqD/QOLlimN&#10;SXuoknlGDlb9AdUqbsFB5Ycc2gSqSnEZa8Bq0tFv1WxrZmSsBZvjTN8m9/9g+dfjxhIlcjqmRLMW&#10;R7T1lql97cmztdCRArTGNoIl49CtzrgMgwq9saFeftJb8wL8uyMaiprpvYys384GodIQkbwLCRtn&#10;MOeu+wICz7CDh9i6U2XbAIlNIac4oXM/IXnyhOPH2cMMp04Jv7kSlt3ijHX+s4SWBCOn7lpGzz+N&#10;WdjxxfnAimW3gJBUw1o1TVRDo0mX0/l0PI0BDholgjMcc3a/KxpLjizoKT6xRPTcH7Nw0CKC1ZKJ&#10;1dX2TDUXG5M3OuBhXUjnal0E82M+mq9mq9lkMBk/rgaTUVkOntfFZPC4Tj9Ny4eyKMr0Z6CWTrJa&#10;CSF1YHcTbzr5O3Fcr9FFdr18+zYk79Fjv5Ds7R1Jx8GGWV5UsQNx3tjbwFGv8fD1boULcb9H+/4P&#10;sPwFAAD//wMAUEsDBBQABgAIAAAAIQC+/5m33AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;T8MwDIXvSPyHyEhcEEtbGGKl6TQhceDINomr15i20DhVk65lvx4jDuNkP/vp+XOxnl2njjSE1rOB&#10;dJGAIq68bbk2sN+93D6CChHZYueZDHxTgHV5eVFgbv3Eb3TcxlpJCIccDTQx9rnWoWrIYVj4nlh2&#10;H35wGEUOtbYDThLuOp0lyYN22LJcaLCn54aqr+3oDFAYl2myWbl6/3qabt6z0+fU74y5vpo3T6Ai&#10;zfFshl98QYdSmA5+ZBtUJzpdZWI1cHcvVQzZMpXm8DfQZaH/f1D+AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAB55FKYjAgAASQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAL7/mbfcAAAACQEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="00103182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRƯỜNG ĐẠI HỌC SƯ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00103182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00103182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>HẠM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5878" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00705470" w:rsidRPr="00103182" w:rsidRDefault="00705470" w:rsidP="00E17DE9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00103182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>CỘNG H</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ÒA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00103182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> XÃ HỘI CHỦ NGHĨA VIỆT NAM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00705470" w:rsidRPr="00103182" w:rsidRDefault="00705470" w:rsidP="00E17DE9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="00FF00"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>746125</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>194945</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2009775" cy="0"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1" name="Straight Arrow Connector 1"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvCnPr>
+                              <a:cxnSpLocks noChangeShapeType="1"/>
+                            </wps:cNvCnPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2009775" cy="0"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="straightConnector1">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                    <a:noFill/>
+                                  </a14:hiddenFill>
+                                </a:ext>
+                              </a:extLst>
+                            </wps:spPr>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="page">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="page">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype w14:anchorId="7A6FB766" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                      <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                      <o:lock v:ext="edit" shapetype="t"/>
+                    </v:shapetype>
+                    <v:shape id="Straight Arrow Connector 1" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:58.75pt;margin-top:15.35pt;width:158.25pt;height:0;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBo3KxJQIAAEoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMuu2yAQ3VfqPyD2ieM0TyvO1ZWddHPb&#10;Gym3H0AAx6g2g4DEiar+ewfyaNNuqqpeYDAzh3NmDl48ndqGHKV1CnRO0/6AEqk5CKX3Of3ytu7N&#10;KHGeacEa0DKnZ+no0/L9u0VnMjmEGhohLUEQ7bLO5LT23mRJ4ngtW+b6YKTGzQpsyzwu7T4RlnWI&#10;3jbJcDCYJB1YYSxw6Rx+LS+bdBnxq0py/1pVTnrS5BS5+TjaOO7CmCwXLNtbZmrFrzTYP7BomdJ4&#10;6B2qZJ6Rg1V/QLWKW3BQ+T6HNoGqUlxGDagmHfymZlszI6MWLI4z9zK5/wfLPx83liiBvaNEsxZb&#10;tPWWqX3tybO10JECtMYygiVpqFZnXIZJhd7YoJef9Na8AP/qiIaiZnovI+u3s0GomJE8pISFM3jm&#10;rvsEAmPYwUMs3amybYDEopBT7ND53iF58oTjR2z5fDodU8JvewnLbonGOv9RQkvCJKfuquMuII3H&#10;sOOL8ygEE28J4VQNa9U00Q6NJl1O5+PhOCY4aJQImyHM2f2uaCw5smCo+ISqINhDmIWDFhGslkys&#10;rnPPVHOZY3yjAx4KQzrX2cUx3+aD+Wq2mo16o+Fk1RsNyrL3vC5Gvck6nY7LD2VRlOn3QC0dZbUS&#10;QurA7ubedPR37rjeo4vv7v69lyF5RI8SkeztHUnHzoZmXmyxA3He2FCN0GQ0bAy+Xq5wI35dx6if&#10;v4DlDwAAAP//AwBQSwMEFAAGAAgAAAAhAAHjfHPeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j81OwzAQhO+VeAdrK3GpqJ3+UAhxqgqJA0faSlzdeElC43UUO03o07OIAxxn9tPsTLYdXSMu2IXa&#10;k4ZkrkAgFd7WVGo4Hl7uHkCEaMiaxhNq+MIA2/xmkpnU+oHe8LKPpeAQCqnRUMXYplKGokJnwty3&#10;SHz78J0zkWVXStuZgcNdIxdK3UtnauIPlWnxucLivO+dBgz9OlG7R1ceX6/D7H1x/Rzag9a303H3&#10;BCLiGP9g+KnP1SHnTiffkw2iYZ1s1oxqWKoNCAZWyxWPO/0aMs/k/wX5NwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBBo3KxJQIAAEoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAB43xz3gAAAAkBAAAPAAAAAAAAAAAAAAAAAH8EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="00103182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Độc lập - Tự do - Hạnh phúc</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B7CB6" w:rsidRPr="002B7CB6" w:rsidTr="00A97B71">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="15" w:type="dxa"/>
+            <w:left w:w="15" w:type="dxa"/>
+            <w:bottom w:w="15" w:type="dxa"/>
+            <w:right w:w="15" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="1306"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00253EC6" w:rsidRDefault="00705470" w:rsidP="00491E3D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D50087">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00491E3D" w:rsidRDefault="00D2743D" w:rsidP="00253EC6">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PHIẾU </w:t>
+            </w:r>
+            <w:r w:rsidR="0002486E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>XÁC NHẬN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D2743D" w:rsidRPr="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00253EC6">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2743D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Dùng </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>để</w:t>
+            </w:r>
+            <w:r w:rsidR="00C81C60">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0002486E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>xác nhận sinh viên trước khi ra quyết định thôi học</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D2743D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AF0423" w:rsidRPr="00491E3D" w:rsidRDefault="00AF0423" w:rsidP="00253EC6">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B7CB6" w:rsidRPr="002B7CB6" w:rsidTr="00A97B71">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="15" w:type="dxa"/>
+            <w:left w:w="15" w:type="dxa"/>
+            <w:bottom w:w="15" w:type="dxa"/>
+            <w:right w:w="15" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B7CB6" w:rsidRPr="002B7CB6" w:rsidRDefault="002B7CB6" w:rsidP="00491E3D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D2743D" w:rsidRPr="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="006D0B9F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:beforeLines="60" w:before="144"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D2743D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thông tin người </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">được </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2743D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>xác nhận</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00705470" w:rsidRPr="0046052E" w:rsidRDefault="00D2743D" w:rsidP="006D0B9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9498"/>
+        </w:tabs>
+        <w:spacing w:before="50"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t>ôi đạt kết quả học tập, rèn luyện qua các năm học như các bảng điểm kèm theo</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Họ và tên</w:t>
+      </w:r>
+      <w:r w:rsidR="00705470" w:rsidRPr="00D50087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00253EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="333A101F" w14:textId="172959EC" w:rsidR="004C1BEC" w:rsidRDefault="004C1BEC" w:rsidP="004C1BEC">
+    <w:p w:rsidR="00253EC6" w:rsidRDefault="00253EC6" w:rsidP="006D0B9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9498"/>
+        </w:tabs>
+        <w:spacing w:before="50"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Ngày sinh</w:t>
+      </w:r>
+      <w:r w:rsidR="00705470" w:rsidRPr="00D50087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00253EC6" w:rsidRDefault="00253EC6" w:rsidP="006D0B9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9498"/>
+        </w:tabs>
+        <w:spacing w:before="50"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>MSSV</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>/MSHV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00253EC6" w:rsidRDefault="00253EC6" w:rsidP="006D0B9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9498"/>
+        </w:tabs>
+        <w:spacing w:before="50"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Lớp:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00705470" w:rsidRDefault="00705470" w:rsidP="006D0B9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9498"/>
+        </w:tabs>
+        <w:spacing w:before="50"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngành </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>đà</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>o tạo:</w:t>
+      </w:r>
+      <w:r w:rsidR="00253EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00491E3D" w:rsidRPr="00D50087" w:rsidRDefault="00491E3D" w:rsidP="006D0B9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9498"/>
+        </w:tabs>
+        <w:spacing w:before="50"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Khoa:</w:t>
+      </w:r>
+      <w:r w:rsidR="00253EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00491E3D" w:rsidRDefault="00705470" w:rsidP="006D0B9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9498"/>
+        </w:tabs>
+        <w:spacing w:before="50"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Khóa học:</w:t>
+      </w:r>
+      <w:r w:rsidR="00253EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00491E3D" w:rsidRDefault="00705470" w:rsidP="006D0B9F">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trình </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ộ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>đà</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>o tạo</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2743D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2743D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D2743D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006D0B9F" w:rsidRPr="006D0B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2743D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Đại học</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2743D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D2743D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D2743D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D0B9F" w:rsidRPr="006D0B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2743D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Thạc sĩ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00705470" w:rsidRPr="00D50087" w:rsidRDefault="00705470" w:rsidP="00A97B71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:before="50"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hình thức </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>đà</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>o tạo: Chính quy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00705470" w:rsidRPr="00A97B71" w:rsidRDefault="00D2743D" w:rsidP="006D0B9F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:beforeLines="60" w:before="144"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-        <w:t>Tôi không thuộc diện bị xem xét thôi học</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2743D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xác nhận của các </w:t>
+      </w:r>
+      <w:r w:rsidR="006D0B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2743D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ơn vị</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F297C87" w14:textId="443106BD" w:rsidR="006556DA" w:rsidRDefault="006556DA" w:rsidP="004C1BEC">
+    <w:p w:rsidR="00A97B71" w:rsidRPr="00D2743D" w:rsidRDefault="00A97B71" w:rsidP="00A97B71">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:beforeLines="60" w:before="144"/>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...268 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9351" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="9214" w:type="dxa"/>
+        <w:tblInd w:w="279" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4616"/>
-        <w:gridCol w:w="4735"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="3827"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D6F85" w:rsidRPr="001F11E2" w14:paraId="525C02FA" w14:textId="77777777" w:rsidTr="00FD0BA7">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00D2743D" w:rsidTr="000F533F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRPr="00A97B71" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A97B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>STT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRPr="00A97B71" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A97B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Đơn vị</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A97B71" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A97B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Ý kiến xác nhận</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D2743D" w:rsidRPr="00A97B71" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A97B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>(Ký và ghi rõ họ tên)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000F533F" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A97B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Ngày</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D2743D" w:rsidRPr="00945734" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A97B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>xác nhận</w:t>
+            </w:r>
+            <w:r w:rsidR="00945734">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D2743D" w:rsidTr="000F533F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A97B71" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRPr="00A97B71" w:rsidRDefault="00A97B71" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A97B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Lớp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D2743D" w:rsidTr="000F533F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRPr="00A97B71" w:rsidRDefault="00A97B71" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A97B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Khoa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D2743D" w:rsidTr="000F533F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRPr="00A97B71" w:rsidRDefault="00A97B71" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A97B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Phòng Đào tạo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D2743D" w:rsidTr="000F533F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRPr="00A97B71" w:rsidRDefault="00A97B71" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A97B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Phòng Kế hoạch -Tài chính</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D2743D" w:rsidTr="000F533F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRPr="00A97B71" w:rsidRDefault="00A97B71" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A97B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Bộ phận Thư viện</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D2743D" w:rsidTr="000F533F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRPr="00A97B71" w:rsidRDefault="00A97B71" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A97B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đoàn </w:t>
+            </w:r>
+            <w:r w:rsidR="005046E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>hanh niên</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D2743D" w:rsidTr="000F533F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRPr="00A97B71" w:rsidRDefault="00A97B71" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A97B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Bộ phận Ký túc xá</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D2743D" w:rsidRDefault="00D2743D" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:beforeLines="60" w:before="144"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008D70AC" w:rsidRPr="00C81C60" w:rsidRDefault="00945734" w:rsidP="00A97B71">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:beforeLines="60" w:before="144"/>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C81C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>(*Cán bộ xác nhận vui lòng ghi rõ ngày xác nhận)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00945734" w:rsidRPr="00945734" w:rsidRDefault="00945734" w:rsidP="00A97B71">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:beforeLines="60" w:before="144"/>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9939" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4969"/>
+        <w:gridCol w:w="4970"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00705470" w:rsidRPr="00705470" w:rsidTr="007512C9">
+        <w:trPr>
+          <w:trHeight w:val="696"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00705470" w:rsidRDefault="008D70AC" w:rsidP="008D70AC">
+            <w:pPr>
+              <w:spacing w:line="375" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="008D70AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>PHÒNG QLNH-TV</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D70AC" w:rsidRPr="008D70AC" w:rsidRDefault="008D70AC" w:rsidP="008D70AC">
+            <w:pPr>
+              <w:spacing w:line="375" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Cán bộ phụ trách tiếp nhận</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00253EC6" w:rsidRDefault="00253EC6" w:rsidP="00253EC6">
+            <w:pPr>
+              <w:spacing w:line="375" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00103182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="26"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Đà Nẵng</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00103182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
-                <w:iCs/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>, ngày</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
-                <w:iCs/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> …… </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00103182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>tháng</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> …… </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00103182">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>năm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>……</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00705470" w:rsidRPr="00A97B71" w:rsidRDefault="00A97B71" w:rsidP="00253EC6">
+            <w:pPr>
+              <w:spacing w:line="375" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A97B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Người được xác nhận</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00705470" w:rsidRPr="00705470" w:rsidTr="007512C9">
+        <w:trPr>
+          <w:trHeight w:val="347"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00705470" w:rsidRPr="00705470" w:rsidRDefault="00705470" w:rsidP="00705470">
+            <w:pPr>
+              <w:spacing w:line="375" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00941A9A" w:rsidRPr="00A97B71" w:rsidRDefault="00A97B71" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:spacing w:line="375" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A97B71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>(Ký và ghi rõ họ tên)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00705470" w:rsidRPr="00705470" w:rsidTr="007512C9">
+        <w:trPr>
+          <w:trHeight w:val="208"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00705470" w:rsidRPr="00705470" w:rsidRDefault="00705470" w:rsidP="00705470">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00705470">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00705470" w:rsidRPr="00705470" w:rsidRDefault="00705470" w:rsidP="00705470">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00705470" w:rsidRPr="00705470" w:rsidTr="007512C9">
+        <w:trPr>
+          <w:trHeight w:val="222"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00705470" w:rsidRPr="00705470" w:rsidRDefault="00705470" w:rsidP="00705470">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00705470">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A97B71" w:rsidRDefault="00A97B71" w:rsidP="00705470">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A97B71" w:rsidRDefault="00A97B71" w:rsidP="00705470">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00705470" w:rsidRPr="00705470" w:rsidRDefault="00705470" w:rsidP="00705470">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00705470">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00705470" w:rsidRPr="00705470" w:rsidTr="007512C9">
+        <w:trPr>
+          <w:trHeight w:val="208"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00705470" w:rsidRPr="00705470" w:rsidRDefault="00705470" w:rsidP="00705470">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00705470">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00705470" w:rsidRPr="00705470" w:rsidRDefault="00705470" w:rsidP="00705470">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00705470">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00705470" w:rsidRPr="00705470" w:rsidTr="007512C9">
+        <w:trPr>
+          <w:trHeight w:val="208"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00705470" w:rsidRPr="00705470" w:rsidRDefault="00705470" w:rsidP="00705470">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00705470">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00705470" w:rsidRPr="00705470" w:rsidRDefault="00705470" w:rsidP="00705470">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00705470">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00705470" w:rsidRPr="00705470" w:rsidTr="007512C9">
+        <w:trPr>
+          <w:trHeight w:val="640"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008D70AC" w:rsidRDefault="00705470" w:rsidP="008D70AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00705470">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008D70AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…………………………………………….</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00705470" w:rsidRPr="00705470" w:rsidRDefault="00705470" w:rsidP="00705470">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00705470" w:rsidRDefault="00A97B71" w:rsidP="00A97B71">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…………………………………………….</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00705470" w:rsidRPr="00705470" w:rsidRDefault="00705470" w:rsidP="00705470">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...78 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D6F85" w:rsidRPr="001F11E2" w14:paraId="113A64D9" w14:textId="77777777" w:rsidTr="00FD0BA7">
-[...273 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="00705470" w:rsidRPr="00705470" w:rsidTr="007512C9">
+        <w:trPr>
+          <w:trHeight w:val="133"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="240" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00705470" w:rsidRPr="00705470" w:rsidRDefault="00705470" w:rsidP="00705470">
+            <w:pPr>
+              <w:spacing w:line="375" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00705470" w:rsidRPr="00705470" w:rsidRDefault="00705470" w:rsidP="00705470">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="706C0CFD" w14:textId="77777777" w:rsidR="00BF56C3" w:rsidRDefault="00BF56C3" w:rsidP="00254286">
-[...13 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:p w:rsidR="00F914B1" w:rsidRDefault="00F914B1" w:rsidP="007512C9"/>
+    <w:sectPr w:rsidR="00F914B1" w:rsidSect="00A97B71">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
-      <w:pgMar w:top="851" w:right="1134" w:bottom="1134" w:left="1531" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="851" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52094983" w14:textId="77777777" w:rsidR="00794E0F" w:rsidRDefault="00794E0F" w:rsidP="00C87FB7">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="001F5366" w:rsidRDefault="001F5366" w:rsidP="00705470">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0532B86D" w14:textId="77777777" w:rsidR="00794E0F" w:rsidRDefault="00794E0F" w:rsidP="00C87FB7">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="001F5366" w:rsidRDefault="001F5366" w:rsidP="00705470">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="VNtimes New Roman">
+    <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...61 lines deleted...]
-</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A3D0731" w14:textId="77777777" w:rsidR="00794E0F" w:rsidRDefault="00794E0F" w:rsidP="00C87FB7">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="001F5366" w:rsidRDefault="001F5366" w:rsidP="00705470">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="146EB361" w14:textId="77777777" w:rsidR="00794E0F" w:rsidRDefault="00794E0F" w:rsidP="00C87FB7">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="001F5366" w:rsidRDefault="001F5366" w:rsidP="00705470">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="10A37D95"/>
+    <w:nsid w:val="395F34F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BD644A2C"/>
-    <w:lvl w:ilvl="0" w:tplc="8536FA30">
+    <w:tmpl w:val="856C01E2"/>
+    <w:lvl w:ilvl="0" w:tplc="82A6B7A2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="927" w:hanging="360"/>
+        <w:ind w:left="1287" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="left"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2367" w:hanging="360"/>
+        <w:ind w:left="2367" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3087" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3807" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="left"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4527" w:hanging="360"/>
+        <w:ind w:left="4527" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="left"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6687" w:hanging="360"/>
+        <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...114 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
-[...1 lines deleted...]
-  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:drawingGridHorizontalSpacing w:val="140"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0068669E"/>
-[...70 lines deleted...]
-    <w:rsid w:val="00FE74E9"/>
+    <w:rsidRoot w:val="00705470"/>
+    <w:rsid w:val="0002486E"/>
+    <w:rsid w:val="000D0F13"/>
+    <w:rsid w:val="000F533F"/>
+    <w:rsid w:val="001244D4"/>
+    <w:rsid w:val="0014330E"/>
+    <w:rsid w:val="00145B76"/>
+    <w:rsid w:val="001B2E4C"/>
+    <w:rsid w:val="001F5366"/>
+    <w:rsid w:val="00225C99"/>
+    <w:rsid w:val="00230BE3"/>
+    <w:rsid w:val="00253EC6"/>
+    <w:rsid w:val="002B7CB6"/>
+    <w:rsid w:val="002C4A49"/>
+    <w:rsid w:val="003D6A57"/>
+    <w:rsid w:val="0044329E"/>
+    <w:rsid w:val="0045729D"/>
+    <w:rsid w:val="0046052E"/>
+    <w:rsid w:val="004679EE"/>
+    <w:rsid w:val="00491E3D"/>
+    <w:rsid w:val="004D7FA6"/>
+    <w:rsid w:val="005046E4"/>
+    <w:rsid w:val="00543294"/>
+    <w:rsid w:val="005925A8"/>
+    <w:rsid w:val="006733EC"/>
+    <w:rsid w:val="006C1E6A"/>
+    <w:rsid w:val="006D0B9F"/>
+    <w:rsid w:val="006D54B5"/>
+    <w:rsid w:val="00705470"/>
+    <w:rsid w:val="0072104D"/>
+    <w:rsid w:val="007512C9"/>
+    <w:rsid w:val="007C7B13"/>
+    <w:rsid w:val="00821736"/>
+    <w:rsid w:val="00826813"/>
+    <w:rsid w:val="00837266"/>
+    <w:rsid w:val="008C1F83"/>
+    <w:rsid w:val="008D70AC"/>
+    <w:rsid w:val="009041B0"/>
+    <w:rsid w:val="00941A9A"/>
+    <w:rsid w:val="00945734"/>
+    <w:rsid w:val="00992646"/>
+    <w:rsid w:val="00A97308"/>
+    <w:rsid w:val="00A97B71"/>
+    <w:rsid w:val="00AF0423"/>
+    <w:rsid w:val="00BA6FAD"/>
+    <w:rsid w:val="00BE2B51"/>
+    <w:rsid w:val="00C81C60"/>
+    <w:rsid w:val="00CA1AB7"/>
+    <w:rsid w:val="00D2743D"/>
+    <w:rsid w:val="00D50087"/>
+    <w:rsid w:val="00E17DE9"/>
+    <w:rsid w:val="00E842F8"/>
+    <w:rsid w:val="00E934BE"/>
+    <w:rsid w:val="00EA4386"/>
+    <w:rsid w:val="00EA56D4"/>
+    <w:rsid w:val="00F914B1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="28A7B0F8"/>
+  <w14:docId w14:val="0519CED4"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{384AE69E-287C-46C7-B0D8-DA53C584FC2D}"/>
+  <w15:docId w15:val="{3E22684C-9AEB-4B3E-AB2F-C8268300D927}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:sz w:val="22"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+        <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2379,51 +3117,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2604,475 +3342,581 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00705470"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="VNtimes New Roman" w:eastAsia="Times New Roman" w:hAnsi="VNtimes New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00705470"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00705470"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00705470"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00705470"/>
+    <w:rPr>
+      <w:rFonts w:ascii="VNtimes New Roman" w:eastAsia="Times New Roman" w:hAnsi="VNtimes New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00705470"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00705470"/>
+    <w:rPr>
+      <w:rFonts w:ascii="VNtimes New Roman" w:eastAsia="Times New Roman" w:hAnsi="VNtimes New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0046052E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0046052E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D2743D"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="000D6F85"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00D2743D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-[...51 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="986517126">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1625623847">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>192</Words>
-  <Characters>1095</Characters>
+  <Words>123</Words>
+  <Characters>706</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1285</CharactersWithSpaces>
+  <CharactersWithSpaces>828</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>le trang tin</dc:creator>
+  <dc:creator>Phòng Công tác Sinh viên - ĐH Sư phạm - ĐH Đà Nẵng</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>