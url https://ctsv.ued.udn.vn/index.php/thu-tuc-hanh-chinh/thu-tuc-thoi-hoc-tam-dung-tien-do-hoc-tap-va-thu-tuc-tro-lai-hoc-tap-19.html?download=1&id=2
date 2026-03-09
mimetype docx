--- v0 (2026-01-01)
+++ v1 (2026-03-09)
@@ -1,98 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="77F08F4B" w14:textId="66D49C25" w:rsidR="0068669E" w:rsidRPr="0068669E" w:rsidRDefault="00A3477E" w:rsidP="0021238C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="261CC457" wp14:editId="2C24E8F9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>144780</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-7620</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="572135" cy="572135"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="795931478" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="572135" cy="572135"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -183,955 +187,1072 @@
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
             <w:pict>
               <v:line w14:anchorId="3E8EDABF" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="152.05pt,16.1pt" to="311.05pt,16.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCggbP5mQEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC815JToGgFyzkkaC9B&#10;G/TxAQy1tIiSXGLJWvLfd0nbcpEERVH0QvExM7uzu9rczN6JPVCyGHq5XrVSQNA42LDr5fdvH16/&#10;kyJlFQblMEAvD5Dkzfbq1WaKHVzjiG4AEiwSUjfFXo45x65pkh7Bq7TCCIEfDZJXmY+0awZSE6t7&#10;11y37dtmQhoioYaU+Pbu+Ci3Vd8Y0PmzMQmycL3k3HJdqa6PZW22G9XtSMXR6lMa6h+y8MoGDrpI&#10;3amsxE+yz6S81YQJTV5p9A0aYzVUD+xm3T5x83VUEaoXLk6KS5nS/5PVn/a34YG4DFNMXYoPVFzM&#10;hnz5cn5irsU6LMWCOQvNl5zv+zct11Sf35oLMVLKHwG9KJteOhuKD9Wp/X3KHIyhZwgfLqHrLh8c&#10;FLALX8AIO3CwdWXXqYBbR2KvuJ/Dj3XpH2tVZKEY69xCav9MOmELDeqk/C1xQdeIGPJC9DYgvRQ1&#10;z+dUzRF/dn30Wmw/4nCojajl4HZXZ6fRLPP0+7nSLz/Q9hcAAAD//wMAUEsDBBQABgAIAAAAIQAK&#10;b+Eu3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOD2iqNUyF+TnBI&#10;AweObrxNosbrKHaTwNOziAPcdmdGs99mu9l1YsQhtJ40LBcJCKTK25ZqDe9vzzcbECEasqbzhBo+&#10;McAuv7zITGr9RHscy1gLLqGQGg1NjH0qZagadCYsfI/E3tEPzkReh1rawUxc7jqpkmQlnWmJLzSm&#10;x4cGq1N5dhrWTy9l0U+Pr1+FXMuiGH3cnD60vr6a77cgIs7xLww/+IwOOTMd/JlsEJ2G2+RuyVEe&#10;lALBgZVSLBx+BZln8v8H+TcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoIGz+ZkBAACI&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEACm/hLt4A&#10;AAAJAQAADwAAAAAAAAAAAAAAAADzAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP4E&#10;AAAAAA==&#10;" strokecolor="black [3040]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0068669E" w:rsidRPr="0021238C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Độc lập - Tự do - Hạnh phúc</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E3181A" w14:textId="6023D4F9" w:rsidR="0068669E" w:rsidRPr="0021238C" w:rsidRDefault="0068669E" w:rsidP="006B2EEC">
-[...1 lines deleted...]
-        <w:spacing w:before="480" w:after="120"/>
+    <w:p w14:paraId="20E3181A" w14:textId="078DA0CC" w:rsidR="0068669E" w:rsidRPr="0021238C" w:rsidRDefault="0068669E" w:rsidP="004C1BEC">
+      <w:pPr>
+        <w:spacing w:before="360" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021238C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>ĐƠN XIN NGHỈ HỌC TẠM THỜI</w:t>
+        <w:t xml:space="preserve">ĐƠN XIN </w:t>
+      </w:r>
+      <w:r w:rsidR="000530AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>CHUYỂN TRƯỜNG</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43206454" w14:textId="41418E9B" w:rsidR="0068669E" w:rsidRPr="0068669E" w:rsidRDefault="0068669E" w:rsidP="00C87FB7">
-      <w:pPr>
+    <w:p w14:paraId="43206454" w14:textId="67CA15C9" w:rsidR="0068669E" w:rsidRDefault="000530AE" w:rsidP="000530AE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="9242"/>
+        </w:tabs>
         <w:spacing w:after="120"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kính gửi: </w:t>
+      </w:r>
+      <w:r w:rsidR="00790CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Hiệu trưởng</w:t>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trường </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46181E62" w14:textId="57249FDC" w:rsidR="000530AE" w:rsidRPr="0068669E" w:rsidRDefault="000530AE" w:rsidP="000530AE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Đồng kính gửi: Hiệu trưởng </w:t>
+      </w:r>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kính gửi: </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Trường Đại học Sư phạm - Đại học Đà Nẵng</w:t>
+        <w:t>Trường Đại học Sư phạm - Đại học Đà Nẵng</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B6E0C95" w14:textId="77777777" w:rsidR="009F322B" w:rsidRPr="0068669E" w:rsidRDefault="009F322B" w:rsidP="009F322B">
+    <w:p w14:paraId="2B6E0C95" w14:textId="77777777" w:rsidR="009F322B" w:rsidRPr="0068669E" w:rsidRDefault="009F322B" w:rsidP="004C1BEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Tôi tên:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Mã số người học:</w:t>
       </w:r>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37E568C7" w14:textId="77777777" w:rsidR="009F322B" w:rsidRDefault="009F322B" w:rsidP="009F322B">
+    <w:p w14:paraId="37E568C7" w14:textId="4EB2B6EE" w:rsidR="009F322B" w:rsidRDefault="009F322B" w:rsidP="004C1BEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Ngày sinh:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
         <w:t>Căn cước công dân:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76F15A0E" w14:textId="77777777" w:rsidR="009F322B" w:rsidRPr="0068669E" w:rsidRDefault="009F322B" w:rsidP="009F322B">
-[...29 lines deleted...]
-    <w:p w14:paraId="2418BB08" w14:textId="77777777" w:rsidR="009F322B" w:rsidRPr="0068669E" w:rsidRDefault="009F322B" w:rsidP="009F322B">
+    <w:p w14:paraId="3920AC6B" w14:textId="085007EA" w:rsidR="000530AE" w:rsidRDefault="002E78B0" w:rsidP="004C1BEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0068669E">
-[...7 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Nơi sinh</w:t>
+      </w:r>
+      <w:r w:rsidR="000530AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="000530AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0068669E">
-[...7 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Quê quán</w:t>
+      </w:r>
+      <w:r w:rsidR="000530AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="000530AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63CBE3C4" w14:textId="77777777" w:rsidR="009F322B" w:rsidRDefault="009F322B" w:rsidP="009F322B">
+    <w:p w14:paraId="76F15A0E" w14:textId="4982DB27" w:rsidR="009F322B" w:rsidRDefault="009F322B" w:rsidP="004C1BEC">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="dot" w:pos="1985"/>
-          <w:tab w:val="left" w:leader="dot" w:pos="6804"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Lớp:</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Hộ khẩu thường trú:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0068669E">
-[...30 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0A9E6110" w14:textId="61D8B80C" w:rsidR="0068669E" w:rsidRPr="0068669E" w:rsidRDefault="00790CDB" w:rsidP="00F8273C">
+    <w:p w14:paraId="6E3B0C35" w14:textId="6CE3F26E" w:rsidR="00ED7D4E" w:rsidRDefault="00ED7D4E" w:rsidP="004C1BEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
-        <w:ind w:firstLine="567"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...167 lines deleted...]
-        <w:t>năm học 20…… - 20……</w:t>
+        <w:t xml:space="preserve">Hiện đang học tại </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Trường Đại học Sư phạm - Đại học Đà Nẵng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, năm thứ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78FE51F0" w14:textId="00A7C6B8" w:rsidR="0068669E" w:rsidRDefault="0068669E" w:rsidP="00790CDB">
+    <w:p w14:paraId="5BE0D2FF" w14:textId="17E0595C" w:rsidR="00FC37BB" w:rsidRDefault="00FC37BB" w:rsidP="004C1BEC">
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="1701"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
-        <w:spacing w:before="120" w:after="120"/>
-        <w:ind w:firstLine="567"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0068669E">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="0068669E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Lớp</w:t>
+      </w:r>
+      <w:r w:rsidR="003540B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="0017522C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00ED7D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, Ngành</w:t>
+      </w:r>
+      <w:r w:rsidR="003540B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>, Khoa</w:t>
+      </w:r>
+      <w:r w:rsidR="003540B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5B645053" w14:textId="326A6ADA" w:rsidR="0017522C" w:rsidRDefault="0017522C" w:rsidP="00790CDB">
+    <w:p w14:paraId="51839CA0" w14:textId="0CAA17A9" w:rsidR="00ED7D4E" w:rsidRDefault="00ED7D4E" w:rsidP="004C1BEC">
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="1701"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
-        <w:spacing w:before="120" w:after="120"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:t>Trình độ đào tạo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:tab/>
+        <w:t>, hình thức đào tạo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D42F60" w14:textId="6A9C079A" w:rsidR="00F8273C" w:rsidRDefault="0017522C" w:rsidP="00250D2A">
+    <w:p w14:paraId="09CEC7DF" w14:textId="5FCBC2B1" w:rsidR="00FC37BB" w:rsidRDefault="00FC37BB" w:rsidP="004C1BEC">
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
-        <w:spacing w:before="120" w:after="120"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:t xml:space="preserve">Trong kỳ thi tuyển sinh vào Trường Đại học Sư phạm - Đại học Đà Nẵng, </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">khóa tuyển sinh năm 20……., </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>tôi đạt số điểm:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:tab/>
+        <w:t>Hình thức xét tuyển:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EDC8D03" w14:textId="4237157E" w:rsidR="00661ED0" w:rsidRPr="0068669E" w:rsidRDefault="006456B4" w:rsidP="00661ED0">
+    <w:p w14:paraId="54C4B13B" w14:textId="28F1DBB0" w:rsidR="00ED7D4E" w:rsidRDefault="00ED7D4E" w:rsidP="004C1BEC">
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
-        <w:spacing w:before="120" w:after="120"/>
-        <w:ind w:firstLine="567"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:t>Đối tượng tuyển sinh:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Khu vực tuyển sinh:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36CA7FB9" w14:textId="77777777" w:rsidR="006556DA" w:rsidRDefault="006556DA" w:rsidP="004C1BEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Trong thời gian học tập tại Trường Đại học Sư phạm - Đại học Đà Nẵng:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38C3C07E" w14:textId="5A32CF51" w:rsidR="006556DA" w:rsidRDefault="006556DA" w:rsidP="004C1BEC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00661ED0">
-[...53 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="006556DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ôi đạt kết quả học tập, rèn luyện qua các năm học như các bảng điểm kèm theo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E428F49" w14:textId="7E0E209C" w:rsidR="0068669E" w:rsidRPr="0068669E" w:rsidRDefault="005E7202" w:rsidP="005E7202">
-[...2 lines deleted...]
-        <w:ind w:firstLine="567"/>
+    <w:p w14:paraId="333A101F" w14:textId="172959EC" w:rsidR="004C1BEC" w:rsidRDefault="004C1BEC" w:rsidP="004C1BEC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Tôi không thuộc diện bị xem xét thôi học</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F297C87" w14:textId="443106BD" w:rsidR="006556DA" w:rsidRDefault="006556DA" w:rsidP="004C1BEC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9242"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="709" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Tôi thuộc diện cấp học bổng, chế độ chính sách</w:t>
+      </w:r>
+      <w:r w:rsidR="004C1BEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (nếu có)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62BE9F88" w14:textId="280D63CC" w:rsidR="006556DA" w:rsidRDefault="006556DA" w:rsidP="004C1BEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9242"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Tôi không thuộc diện đã dự thi vào Trường (chuyển đến)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24BA49C6" w14:textId="3872D399" w:rsidR="006556DA" w:rsidRDefault="00ED7D4E" w:rsidP="004C1BEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="6663"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006556DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>mà không trúng tuyển.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32800A63" w14:textId="0ADFCFDB" w:rsidR="006556DA" w:rsidRDefault="006556DA" w:rsidP="004C1BEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9242"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tôi có nguyện vọng xin chuyển </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE457D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">trường vào </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE457D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ớp:………., </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE457D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>gành:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE457D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BDF9698" w14:textId="712756DB" w:rsidR="00AE457D" w:rsidRDefault="00ED7D4E" w:rsidP="00AA6DD1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="4395"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="9242"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE457D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>hoa:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE457D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>, Trường</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE457D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6877C2A4" w14:textId="05FA0D4A" w:rsidR="00AE457D" w:rsidRPr="006556DA" w:rsidRDefault="00AE457D" w:rsidP="004C1BEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="9242"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Lý do xin chuyển:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E428F49" w14:textId="7E0E209C" w:rsidR="0068669E" w:rsidRPr="0068669E" w:rsidRDefault="005E7202" w:rsidP="004C1BEC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Tôi xin trân trọng cảm ơn./.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9493" w:type="dxa"/>
+        <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4678"/>
-        <w:gridCol w:w="4815"/>
+        <w:gridCol w:w="4616"/>
+        <w:gridCol w:w="4735"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D6F85" w:rsidRPr="001F11E2" w14:paraId="525C02FA" w14:textId="77777777" w:rsidTr="003D626F">
+      <w:tr w:rsidR="000D6F85" w:rsidRPr="001F11E2" w14:paraId="525C02FA" w14:textId="77777777" w:rsidTr="00FD0BA7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="4616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49251E9C" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+          <w:p w14:paraId="49251E9C" w14:textId="1E97533C" w:rsidR="000D6F85" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk196294556"/>
+            <w:bookmarkStart w:id="0" w:name="_Hlk196294556"/>
           </w:p>
-          <w:p w14:paraId="70B50335" w14:textId="07F85BA1" w:rsidR="000D6F85" w:rsidRDefault="003044BD" w:rsidP="004751AF">
+          <w:p w14:paraId="2E60DB0C" w14:textId="6AC1BC78" w:rsidR="004C1BEC" w:rsidRDefault="004C1BEC" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6414D71C" w14:textId="77777777" w:rsidR="004C1BEC" w:rsidRPr="001F11E2" w:rsidRDefault="004C1BEC" w:rsidP="004C1BEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B2BF6B0" w14:textId="77777777" w:rsidR="006B2EEC" w:rsidRDefault="006B2EEC" w:rsidP="004751AF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...172 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w14:paraId="13FB1539" w14:textId="70A76F3A" w:rsidR="006B2EEC" w:rsidRPr="00BF56C3" w:rsidRDefault="006B2EEC" w:rsidP="004751AF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4815" w:type="dxa"/>
+            <w:tcW w:w="4735" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59733A5A" w14:textId="78C9785D" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F11E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Đà Nẵng, ngày……. tháng……năm 20</w:t>
             </w:r>
             <w:r w:rsidR="00BF56C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1143,742 +1264,960 @@
               <w:t>…..</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1CDFF6DE" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F11E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Người làm đơn</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="138DFA82" w14:textId="3FA3FC97" w:rsidR="000D6F85" w:rsidRPr="003D626F" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+          <w:p w14:paraId="138DFA82" w14:textId="3FA3FC97" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D626F">
-[...2 lines deleted...]
-                <w:i/>
+            <w:r w:rsidRPr="001F11E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Ký và ghi rõ họ tên)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="703619DC" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="003D626F" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+          <w:p w14:paraId="703619DC" w14:textId="5A411FE4" w:rsidR="000D6F85" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7DCB8A3B" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+          <w:p w14:paraId="0F71432D" w14:textId="072AC48E" w:rsidR="004C1BEC" w:rsidRDefault="004C1BEC" w:rsidP="000D6F85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2E766222" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+          <w:p w14:paraId="0EC33FB3" w14:textId="736F6DC5" w:rsidR="004C1BEC" w:rsidRDefault="004C1BEC" w:rsidP="000D6F85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A2B2177" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="000D6F85" w:rsidP="003D626F">
+          <w:p w14:paraId="14D3242B" w14:textId="031F3401" w:rsidR="004C1BEC" w:rsidRDefault="004C1BEC" w:rsidP="000D6F85">
             <w:pPr>
-              <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0371F6D9" w14:textId="18127B32" w:rsidR="000D6F85" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+          <w:p w14:paraId="5A7763F2" w14:textId="77777777" w:rsidR="004C1BEC" w:rsidRPr="001F11E2" w:rsidRDefault="004C1BEC" w:rsidP="004C1BEC">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="180CDD59" w14:textId="77777777" w:rsidR="003D626F" w:rsidRPr="001F11E2" w:rsidRDefault="003D626F" w:rsidP="000D6F85">
+          <w:p w14:paraId="2269DD50" w14:textId="03AF9EF6" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="000D6F85" w:rsidP="004C1BEC">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...27 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D6F85" w:rsidRPr="001F11E2" w14:paraId="113A64D9" w14:textId="77777777" w:rsidTr="003D626F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="000D6F85" w:rsidRPr="001F11E2" w14:paraId="113A64D9" w14:textId="77777777" w:rsidTr="00FD0BA7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="4616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0850F26A" w14:textId="3C546D1E" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="00BF56C3" w:rsidP="004751AF">
+          <w:p w14:paraId="6E22E4B1" w14:textId="77777777" w:rsidR="00FD0BA7" w:rsidRPr="001F11E2" w:rsidRDefault="00FD0BA7" w:rsidP="00FD0BA7">
             <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F11E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Đà Nẵng, ngày……. tháng……năm 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>…..</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A8E38CD" w14:textId="7F1A3AA2" w:rsidR="004C1BEC" w:rsidRDefault="004C1BEC" w:rsidP="004C1BEC">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>TRƯỞNG</w:t>
+              <w:t>TRƯỜNG ĐẠI HỌC SƯ PHẠM - ĐHĐN</w:t>
             </w:r>
-            <w:r w:rsidR="004751AF" w:rsidRPr="001F11E2">
+          </w:p>
+          <w:p w14:paraId="1D25FB2C" w14:textId="77777777" w:rsidR="004C1BEC" w:rsidRPr="004C1BEC" w:rsidRDefault="004C1BEC" w:rsidP="004C1BEC">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PHÒNG </w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="004C1BEC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>QLNH-TV</w:t>
+              <w:t>HIỆU TRƯỞNG</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="368FB4D8" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="003D626F">
+          <w:p w14:paraId="0850F26A" w14:textId="0EB8973A" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="000D6F85" w:rsidP="004751AF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4219938B" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="003D626F">
+          <w:p w14:paraId="0D7FDA7A" w14:textId="77777777" w:rsidR="004751AF" w:rsidRPr="001F11E2" w:rsidRDefault="004751AF" w:rsidP="004751AF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6A3E0EF7" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="003D626F">
+          <w:p w14:paraId="33A0AA29" w14:textId="77777777" w:rsidR="004751AF" w:rsidRPr="001F11E2" w:rsidRDefault="004751AF" w:rsidP="004751AF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6F9A350B" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="003D626F">
+          <w:p w14:paraId="3CAD5D86" w14:textId="77777777" w:rsidR="004751AF" w:rsidRPr="001F11E2" w:rsidRDefault="004751AF" w:rsidP="004751AF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="09F1D18C" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="003D626F">
+          <w:p w14:paraId="5F576DCC" w14:textId="77777777" w:rsidR="004751AF" w:rsidRPr="001F11E2" w:rsidRDefault="004751AF" w:rsidP="004751AF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2EEB2483" w14:textId="55BD09B1" w:rsidR="003D626F" w:rsidRPr="001F11E2" w:rsidRDefault="003D626F" w:rsidP="003D626F">
+          <w:p w14:paraId="2EEB2483" w14:textId="381C0626" w:rsidR="004751AF" w:rsidRPr="001F11E2" w:rsidRDefault="004751AF" w:rsidP="004751AF">
             <w:pPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF6800">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4815" w:type="dxa"/>
+            <w:tcW w:w="4735" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="075EAF36" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRDefault="004751AF" w:rsidP="004751AF">
+          <w:p w14:paraId="0AFBC467" w14:textId="7F05967F" w:rsidR="00FD0BA7" w:rsidRPr="001F11E2" w:rsidRDefault="00FD0BA7" w:rsidP="00FD0BA7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>……….</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F11E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>, ngày……. tháng……năm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F11E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>…..</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="075EAF36" w14:textId="6A4652E5" w:rsidR="000D6F85" w:rsidRDefault="004C1BEC" w:rsidP="004751AF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F11E2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">DUYỆT CỦA </w:t>
+              <w:t>CƠ SỞ ĐÀO TẠO XIN CHUYỂN ĐẾN</w:t>
             </w:r>
-            <w:r w:rsidR="00250D2A">
+          </w:p>
+          <w:p w14:paraId="3DA0AECC" w14:textId="7151456B" w:rsidR="004C1BEC" w:rsidRDefault="004C1BEC" w:rsidP="004751AF">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>HIỆU TRƯỞNG</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>HIỆU TRƯỞNG</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="6FA40BE7" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="004751AF">
+          <w:p w14:paraId="0DE47A74" w14:textId="0784D545" w:rsidR="00250D2A" w:rsidRPr="001F11E2" w:rsidRDefault="00250D2A" w:rsidP="004751AF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="03229E04" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="004751AF">
-[...67 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="706C0CFD" w14:textId="77777777" w:rsidR="00BF56C3" w:rsidRDefault="00BF56C3" w:rsidP="001E797C">
+    <w:p w14:paraId="706C0CFD" w14:textId="77777777" w:rsidR="00BF56C3" w:rsidRDefault="00BF56C3" w:rsidP="00254286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00BF56C3" w:rsidSect="0021238C">
-      <w:footerReference w:type="default" r:id="rId7"/>
+    <w:sectPr w:rsidR="00BF56C3" w:rsidSect="004C1BEC">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1531" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="1134" w:bottom="1134" w:left="1531" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6404EAD1" w14:textId="77777777" w:rsidR="002C3817" w:rsidRDefault="002C3817" w:rsidP="00C87FB7">
+    <w:p w14:paraId="52094983" w14:textId="77777777" w:rsidR="00794E0F" w:rsidRDefault="00794E0F" w:rsidP="00C87FB7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="495D710B" w14:textId="77777777" w:rsidR="002C3817" w:rsidRDefault="002C3817" w:rsidP="00C87FB7">
+    <w:p w14:paraId="0532B86D" w14:textId="77777777" w:rsidR="00794E0F" w:rsidRDefault="00794E0F" w:rsidP="00C87FB7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="78893EA0" w14:textId="3EF347A3" w:rsidR="00C87FB7" w:rsidRPr="00C87FB7" w:rsidRDefault="00737913" w:rsidP="001630AF">
+  <w:p w14:paraId="3089078A" w14:textId="77777777" w:rsidR="00C15C16" w:rsidRDefault="00C15C16">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="78893EA0" w14:textId="37207843" w:rsidR="00646F04" w:rsidRPr="00C87FB7" w:rsidRDefault="00646F04" w:rsidP="001630AF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9214"/>
         <w:tab w:val="left" w:pos="12060"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
-      <w:t>B01.QLNH-TV-04</w:t>
+      <w:t>B04.QLNH-TV-04</w:t>
     </w:r>
-    <w:r w:rsidR="001630AF">
+    <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00C87FB7" w:rsidRPr="00C87FB7">
-[...88 lines deleted...]
-    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="0FB4D4C1" w14:textId="77777777" w:rsidR="00C15C16" w:rsidRDefault="00C15C16">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11CC5107" w14:textId="77777777" w:rsidR="002C3817" w:rsidRDefault="002C3817" w:rsidP="00C87FB7">
+    <w:p w14:paraId="5A3D0731" w14:textId="77777777" w:rsidR="00794E0F" w:rsidRDefault="00794E0F" w:rsidP="00C87FB7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BE1522D" w14:textId="77777777" w:rsidR="002C3817" w:rsidRDefault="002C3817" w:rsidP="00C87FB7">
+    <w:p w14:paraId="146EB361" w14:textId="77777777" w:rsidR="00794E0F" w:rsidRDefault="00794E0F" w:rsidP="00C87FB7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="60D3AA34" w14:textId="77777777" w:rsidR="00C15C16" w:rsidRDefault="00C15C16">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="257BC589" w14:textId="77777777" w:rsidR="00C15C16" w:rsidRDefault="00C15C16">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="6E6834EC" w14:textId="77777777" w:rsidR="00C15C16" w:rsidRDefault="00C15C16">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10A37D95"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BD644A2C"/>
+    <w:lvl w:ilvl="0" w:tplc="8536FA30">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C786C20"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="73E8F7A4"/>
+    <w:lvl w:ilvl="0" w:tplc="BF6E82DA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0068669E"/>
     <w:rsid w:val="00024B5C"/>
+    <w:rsid w:val="000530AE"/>
     <w:rsid w:val="0005606F"/>
-    <w:rsid w:val="00076277"/>
     <w:rsid w:val="000D6F85"/>
     <w:rsid w:val="00151661"/>
     <w:rsid w:val="001630AF"/>
     <w:rsid w:val="0017522C"/>
     <w:rsid w:val="001E797C"/>
     <w:rsid w:val="001F11E2"/>
-    <w:rsid w:val="00211DFC"/>
     <w:rsid w:val="0021238C"/>
     <w:rsid w:val="00250D2A"/>
+    <w:rsid w:val="00254286"/>
     <w:rsid w:val="00291C21"/>
-    <w:rsid w:val="002C3817"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003F7EB6"/>
+    <w:rsid w:val="002E78B0"/>
+    <w:rsid w:val="003540B9"/>
     <w:rsid w:val="004311E4"/>
     <w:rsid w:val="00465FB0"/>
     <w:rsid w:val="004751AF"/>
+    <w:rsid w:val="004C09DD"/>
+    <w:rsid w:val="004C1BEC"/>
     <w:rsid w:val="004D007C"/>
     <w:rsid w:val="005E7202"/>
     <w:rsid w:val="006456B4"/>
+    <w:rsid w:val="00646F04"/>
+    <w:rsid w:val="006556DA"/>
     <w:rsid w:val="00661ED0"/>
     <w:rsid w:val="0068669E"/>
     <w:rsid w:val="006B2EEC"/>
+    <w:rsid w:val="00712E15"/>
     <w:rsid w:val="00717583"/>
-    <w:rsid w:val="00737913"/>
     <w:rsid w:val="007664F9"/>
     <w:rsid w:val="00790CDB"/>
+    <w:rsid w:val="00794E0F"/>
     <w:rsid w:val="007B0C98"/>
+    <w:rsid w:val="007F5812"/>
     <w:rsid w:val="009573D9"/>
     <w:rsid w:val="0097453F"/>
     <w:rsid w:val="009A3473"/>
     <w:rsid w:val="009B29DA"/>
     <w:rsid w:val="009D26AF"/>
     <w:rsid w:val="009D2AF8"/>
+    <w:rsid w:val="009D2D79"/>
     <w:rsid w:val="009E1CA3"/>
     <w:rsid w:val="009F322B"/>
     <w:rsid w:val="00A3477E"/>
+    <w:rsid w:val="00AA6DD1"/>
     <w:rsid w:val="00AC364F"/>
+    <w:rsid w:val="00AE457D"/>
     <w:rsid w:val="00B4117C"/>
     <w:rsid w:val="00B62764"/>
     <w:rsid w:val="00B70E65"/>
     <w:rsid w:val="00B72882"/>
+    <w:rsid w:val="00BA604C"/>
+    <w:rsid w:val="00BE3657"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C148CE"/>
+    <w:rsid w:val="00C15C16"/>
     <w:rsid w:val="00C87FB7"/>
+    <w:rsid w:val="00CC249D"/>
     <w:rsid w:val="00D54D09"/>
+    <w:rsid w:val="00D6105A"/>
     <w:rsid w:val="00D90499"/>
     <w:rsid w:val="00DF2696"/>
-    <w:rsid w:val="00EE4492"/>
+    <w:rsid w:val="00ED7D4E"/>
     <w:rsid w:val="00F50537"/>
     <w:rsid w:val="00F507E1"/>
     <w:rsid w:val="00F8273C"/>
     <w:rsid w:val="00FA412D"/>
-    <w:rsid w:val="00FB6D6B"/>
-    <w:rsid w:val="00FC2125"/>
+    <w:rsid w:val="00FC37BB"/>
+    <w:rsid w:val="00FD0BA7"/>
     <w:rsid w:val="00FE74E9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -2377,51 +2716,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="00C87FB7"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2670,70 +3009,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>143</Words>
-  <Characters>818</Characters>
+  <Words>192</Words>
+  <Characters>1095</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>960</CharactersWithSpaces>
+  <CharactersWithSpaces>1285</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>le trang tin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>