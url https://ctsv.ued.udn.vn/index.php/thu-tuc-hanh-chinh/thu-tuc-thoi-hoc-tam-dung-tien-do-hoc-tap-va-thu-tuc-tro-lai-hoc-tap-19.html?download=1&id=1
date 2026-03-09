--- v0 (2025-12-31)
+++ v1 (2026-03-09)
@@ -167,300 +167,289 @@
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
             <w:pict>
-              <v:line w14:anchorId="396E9227" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="152.05pt,16.1pt" to="311.05pt,16.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCggbP5mQEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC815JToGgFyzkkaC9B&#10;G/TxAQy1tIiSXGLJWvLfd0nbcpEERVH0QvExM7uzu9rczN6JPVCyGHq5XrVSQNA42LDr5fdvH16/&#10;kyJlFQblMEAvD5Dkzfbq1WaKHVzjiG4AEiwSUjfFXo45x65pkh7Bq7TCCIEfDZJXmY+0awZSE6t7&#10;11y37dtmQhoioYaU+Pbu+Ci3Vd8Y0PmzMQmycL3k3HJdqa6PZW22G9XtSMXR6lMa6h+y8MoGDrpI&#10;3amsxE+yz6S81YQJTV5p9A0aYzVUD+xm3T5x83VUEaoXLk6KS5nS/5PVn/a34YG4DFNMXYoPVFzM&#10;hnz5cn5irsU6LMWCOQvNl5zv+zct11Sf35oLMVLKHwG9KJteOhuKD9Wp/X3KHIyhZwgfLqHrLh8c&#10;FLALX8AIO3CwdWXXqYBbR2KvuJ/Dj3XpH2tVZKEY69xCav9MOmELDeqk/C1xQdeIGPJC9DYgvRQ1&#10;z+dUzRF/dn30Wmw/4nCojajl4HZXZ6fRLPP0+7nSLz/Q9hcAAAD//wMAUEsDBBQABgAIAAAAIQAK&#10;b+Eu3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOD2iqNUyF+TnBI&#10;AweObrxNosbrKHaTwNOziAPcdmdGs99mu9l1YsQhtJ40LBcJCKTK25ZqDe9vzzcbECEasqbzhBo+&#10;McAuv7zITGr9RHscy1gLLqGQGg1NjH0qZagadCYsfI/E3tEPzkReh1rawUxc7jqpkmQlnWmJLzSm&#10;x4cGq1N5dhrWTy9l0U+Pr1+FXMuiGH3cnD60vr6a77cgIs7xLww/+IwOOTMd/JlsEJ2G2+RuyVEe&#10;lALBgZVSLBx+BZln8v8H+TcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoIGz+ZkBAACI&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEACm/hLt4A&#10;AAAJAQAADwAAAAAAAAAAAAAAAADzAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP4E&#10;AAAAAA==&#10;" strokecolor="black [3040]"/>
+              <v:line w14:anchorId="3E8EDABF" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="152.05pt,16.1pt" to="311.05pt,16.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCggbP5mQEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC815JToGgFyzkkaC9B&#10;G/TxAQy1tIiSXGLJWvLfd0nbcpEERVH0QvExM7uzu9rczN6JPVCyGHq5XrVSQNA42LDr5fdvH16/&#10;kyJlFQblMEAvD5Dkzfbq1WaKHVzjiG4AEiwSUjfFXo45x65pkh7Bq7TCCIEfDZJXmY+0awZSE6t7&#10;11y37dtmQhoioYaU+Pbu+Ci3Vd8Y0PmzMQmycL3k3HJdqa6PZW22G9XtSMXR6lMa6h+y8MoGDrpI&#10;3amsxE+yz6S81YQJTV5p9A0aYzVUD+xm3T5x83VUEaoXLk6KS5nS/5PVn/a34YG4DFNMXYoPVFzM&#10;hnz5cn5irsU6LMWCOQvNl5zv+zct11Sf35oLMVLKHwG9KJteOhuKD9Wp/X3KHIyhZwgfLqHrLh8c&#10;FLALX8AIO3CwdWXXqYBbR2KvuJ/Dj3XpH2tVZKEY69xCav9MOmELDeqk/C1xQdeIGPJC9DYgvRQ1&#10;z+dUzRF/dn30Wmw/4nCojajl4HZXZ6fRLPP0+7nSLz/Q9hcAAAD//wMAUEsDBBQABgAIAAAAIQAK&#10;b+Eu3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFOD2iqNUyF+TnBI&#10;AweObrxNosbrKHaTwNOziAPcdmdGs99mu9l1YsQhtJ40LBcJCKTK25ZqDe9vzzcbECEasqbzhBo+&#10;McAuv7zITGr9RHscy1gLLqGQGg1NjH0qZagadCYsfI/E3tEPzkReh1rawUxc7jqpkmQlnWmJLzSm&#10;x4cGq1N5dhrWTy9l0U+Pr1+FXMuiGH3cnD60vr6a77cgIs7xLww/+IwOOTMd/JlsEJ2G2+RuyVEe&#10;lALBgZVSLBx+BZln8v8H+TcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoIGz+ZkBAACI&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEACm/hLt4A&#10;AAAJAQAADwAAAAAAAAAAAAAAAADzAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP4E&#10;AAAAAA==&#10;" strokecolor="black [3040]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0068669E" w:rsidRPr="0021238C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Độc lập - Tự do - Hạnh phúc</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E3181A" w14:textId="4B1770A8" w:rsidR="0068669E" w:rsidRDefault="0068669E" w:rsidP="0086073D">
+    <w:p w14:paraId="20E3181A" w14:textId="6023D4F9" w:rsidR="0068669E" w:rsidRPr="0021238C" w:rsidRDefault="0068669E" w:rsidP="006B2EEC">
       <w:pPr>
         <w:spacing w:before="480" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021238C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">ĐƠN XIN </w:t>
-[...9 lines deleted...]
-        <w:t>THÔI HỌC</w:t>
+        <w:t>ĐƠN XIN NGHỈ HỌC TẠM THỜI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43206454" w14:textId="58C18AA1" w:rsidR="0068669E" w:rsidRPr="0068669E" w:rsidRDefault="0068669E" w:rsidP="00C87FB7">
+    <w:p w14:paraId="43206454" w14:textId="41418E9B" w:rsidR="0068669E" w:rsidRPr="0068669E" w:rsidRDefault="0068669E" w:rsidP="00C87FB7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Kính gửi: </w:t>
       </w:r>
-      <w:r w:rsidR="00FE0036">
+      <w:r w:rsidR="00790CDB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Hiệu trưởng</w:t>
       </w:r>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> Trường Đại học Sư phạm - Đại học Đà Nẵng</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352D2F77" w14:textId="77777777" w:rsidR="0009512C" w:rsidRPr="0068669E" w:rsidRDefault="0009512C" w:rsidP="0009512C">
+    <w:p w14:paraId="2B6E0C95" w14:textId="77777777" w:rsidR="009F322B" w:rsidRPr="0068669E" w:rsidRDefault="009F322B" w:rsidP="009F322B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk196294455"/>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Tôi tên:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Mã số người học:</w:t>
       </w:r>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2182BA5B" w14:textId="77777777" w:rsidR="0009512C" w:rsidRDefault="0009512C" w:rsidP="0009512C">
+    <w:p w14:paraId="37E568C7" w14:textId="77777777" w:rsidR="009F322B" w:rsidRDefault="009F322B" w:rsidP="009F322B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Ngày sinh:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
         <w:t>Căn cước công dân:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F33EB88" w14:textId="77777777" w:rsidR="0009512C" w:rsidRPr="0068669E" w:rsidRDefault="0009512C" w:rsidP="0009512C">
+    <w:p w14:paraId="76F15A0E" w14:textId="77777777" w:rsidR="009F322B" w:rsidRPr="0068669E" w:rsidRDefault="009F322B" w:rsidP="009F322B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Hộ khẩu thường trú:</w:t>
       </w:r>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75DF9C44" w14:textId="77777777" w:rsidR="0009512C" w:rsidRPr="0068669E" w:rsidRDefault="0009512C" w:rsidP="0009512C">
+    <w:p w14:paraId="2418BB08" w14:textId="77777777" w:rsidR="009F322B" w:rsidRPr="0068669E" w:rsidRDefault="009F322B" w:rsidP="009F322B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Điện thoại liên lạc:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7AD112" w14:textId="77777777" w:rsidR="0009512C" w:rsidRDefault="0009512C" w:rsidP="0009512C">
+    <w:p w14:paraId="63CBE3C4" w14:textId="77777777" w:rsidR="009F322B" w:rsidRDefault="009F322B" w:rsidP="009F322B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="1985"/>
           <w:tab w:val="left" w:leader="dot" w:pos="6804"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Lớp:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -480,1337 +469,1435 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Khóa:</w:t>
       </w:r>
       <w:r w:rsidRPr="0068669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...156 lines deleted...]
-    <w:p w14:paraId="78FE51F0" w14:textId="59C027A2" w:rsidR="0068669E" w:rsidRDefault="0068669E" w:rsidP="0086073D">
+    <w:p w14:paraId="0A9E6110" w14:textId="61D8B80C" w:rsidR="0068669E" w:rsidRPr="0068669E" w:rsidRDefault="00790CDB" w:rsidP="00F8273C">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
-[...107 lines deleted...]
-        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="0086073D">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ôi </w:t>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ôi làm đơn kính </w:t>
+      </w:r>
+      <w:r w:rsidR="009B29DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>xin</w:t>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>cam kết</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> thanh toán các khoản nợ (nếu có) và rút hồ sơ người học theo quy định.</w:t>
+        <w:t>Hiệu trưởng</w:t>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trường Đại học Sư phạm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Đại học Đà Nẵng</w:t>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cho phép tôi được nghỉ học</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tạm thời</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF56C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>học kỳ, kể từ học kỳ….</w:t>
+      </w:r>
+      <w:r w:rsidR="00250D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>năm học 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF56C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="001F11E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0017522C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF56C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>…đến hết học kỳ…</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF56C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00250D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0068669E" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>năm học 20…… - 20……</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41E71D3B" w14:textId="3229B7BE" w:rsidR="00137B08" w:rsidRPr="0068669E" w:rsidRDefault="00137B08" w:rsidP="00B74FDB">
+    <w:p w14:paraId="78FE51F0" w14:textId="00A7C6B8" w:rsidR="0068669E" w:rsidRDefault="0068669E" w:rsidP="00790CDB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Lý do</w:t>
+      </w:r>
+      <w:r w:rsidR="00250D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> xin nghỉ học tạm thời</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="0017522C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B645053" w14:textId="326A6ADA" w:rsidR="0017522C" w:rsidRDefault="0017522C" w:rsidP="00790CDB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tôi cam kết việc xin thôi học đã được sự đồng ý của ………………(bố mẹ hoặc người giám hộ) và chịu mọi trách nhiệm </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D42F60" w14:textId="6A9C079A" w:rsidR="00F8273C" w:rsidRDefault="0017522C" w:rsidP="00250D2A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>sau khi có Quyết định.</w:t>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05532517" w14:textId="77777777" w:rsidR="0086073D" w:rsidRPr="0068669E" w:rsidRDefault="0086073D" w:rsidP="0086073D">
+    <w:p w14:paraId="7EDC8D03" w14:textId="4237157E" w:rsidR="00661ED0" w:rsidRPr="0068669E" w:rsidRDefault="006456B4" w:rsidP="00661ED0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9214"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00661ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ôi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cam kết </w:t>
+      </w:r>
+      <w:r w:rsidR="009E1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>nộp</w:t>
+      </w:r>
+      <w:r w:rsidR="007B0C98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đơn</w:t>
+      </w:r>
+      <w:r w:rsidR="00661ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trở lại học tập trước 2 tuần tính theo thời điểm đăng ký khối lượng học tập học kì …., </w:t>
+      </w:r>
+      <w:r w:rsidR="00661ED0" w:rsidRPr="0068669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>năm học 20…… - 20……</w:t>
+      </w:r>
+      <w:r w:rsidR="00661ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E428F49" w14:textId="7E0E209C" w:rsidR="0068669E" w:rsidRPr="0068669E" w:rsidRDefault="005E7202" w:rsidP="005E7202">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Tôi xin trân trọng cảm ơn./.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4611"/>
-        <w:gridCol w:w="4631"/>
+        <w:gridCol w:w="4678"/>
+        <w:gridCol w:w="4815"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D6F85" w14:paraId="525C02FA" w14:textId="77777777" w:rsidTr="00B844A0">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="000D6F85" w:rsidRPr="001F11E2" w14:paraId="525C02FA" w14:textId="77777777" w:rsidTr="003D626F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4611" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49251E9C" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="00AD0BFD" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
-[...9 lines deleted...]
-          <w:p w14:paraId="661E32C6" w14:textId="1DFAC4DD" w:rsidR="0040457F" w:rsidRDefault="005D186B" w:rsidP="0040457F">
+          <w:p w14:paraId="49251E9C" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk196294556"/>
+          </w:p>
+          <w:p w14:paraId="70B50335" w14:textId="07F85BA1" w:rsidR="000D6F85" w:rsidRDefault="003044BD" w:rsidP="004751AF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TRƯỞNG</w:t>
             </w:r>
-            <w:r w:rsidR="0040457F" w:rsidRPr="001F11E2">
+            <w:r w:rsidR="000D6F85" w:rsidRPr="001F11E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> KHOA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04240628" w14:textId="06F0435C" w:rsidR="000D6F85" w:rsidRPr="00BF6800" w:rsidRDefault="0040457F" w:rsidP="0040457F">
+          <w:p w14:paraId="01E00580" w14:textId="77777777" w:rsidR="00BF56C3" w:rsidRPr="003D626F" w:rsidRDefault="00BF56C3" w:rsidP="004751AF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF6800">
+            <w:r w:rsidRPr="003D626F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(Ghi rõ ý kiến, ký và ghi họ tên)</w:t>
+              <w:t>(Ghi rõ ý kiến, ký và ghi rõ họ tên)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B78CD34" w14:textId="2C2A9871" w:rsidR="008B2F5A" w:rsidRPr="00BF6800" w:rsidRDefault="00BF6800" w:rsidP="00BF6800">
+          <w:p w14:paraId="393D3177" w14:textId="77777777" w:rsidR="003D626F" w:rsidRPr="00BF6800" w:rsidRDefault="003D626F" w:rsidP="003D626F">
             <w:pPr>
               <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ý kiến</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF6800">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF6800">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>……………………………………</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7926F174" w14:textId="2B0B07E1" w:rsidR="00BF6800" w:rsidRPr="00BF6800" w:rsidRDefault="00BF6800" w:rsidP="00BF6800">
-[...1 lines deleted...]
-              <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="51D6825D" w14:textId="7B9F7E50" w:rsidR="006B2EEC" w:rsidRDefault="003D626F" w:rsidP="003D626F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF6800">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>…………………………………………….</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EBDB67B" w14:textId="5D74DB0E" w:rsidR="008B2F5A" w:rsidRDefault="008B2F5A" w:rsidP="0040457F">
+          <w:p w14:paraId="0A586B98" w14:textId="17280166" w:rsidR="006B2EEC" w:rsidRDefault="006B2EEC" w:rsidP="004751AF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...6 lines deleted...]
-          <w:p w14:paraId="67048452" w14:textId="33552EA2" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="0040457F">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74CA6B49" w14:textId="1482C96E" w:rsidR="009F322B" w:rsidRDefault="009F322B" w:rsidP="004751AF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...6 lines deleted...]
-          <w:p w14:paraId="65EAC575" w14:textId="77777777" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="0040457F">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="787648D0" w14:textId="77777777" w:rsidR="009F322B" w:rsidRDefault="009F322B" w:rsidP="004751AF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...6 lines deleted...]
-          <w:p w14:paraId="2359EF39" w14:textId="77777777" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="00B844A0">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7840FFEF" w14:textId="77777777" w:rsidR="006B2EEC" w:rsidRDefault="006B2EEC" w:rsidP="004751AF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="13FB1539" w14:textId="767FE3FA" w:rsidR="008B2F5A" w:rsidRPr="00B844A0" w:rsidRDefault="00BF6800" w:rsidP="00B844A0">
+          <w:p w14:paraId="62630A91" w14:textId="363D7F27" w:rsidR="006B2EEC" w:rsidRDefault="003D626F" w:rsidP="004751AF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF6800">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>…………………………………..</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="13FB1539" w14:textId="70A76F3A" w:rsidR="006B2EEC" w:rsidRPr="00BF56C3" w:rsidRDefault="006B2EEC" w:rsidP="004751AF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4631" w:type="dxa"/>
+            <w:tcW w:w="4815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59733A5A" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="00AD0BFD" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+          <w:p w14:paraId="59733A5A" w14:textId="78C9785D" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD0BFD">
+            <w:r w:rsidRPr="001F11E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>Đà Nẵng, ngày……. tháng……năm 20…</w:t>
+              <w:t>Đà Nẵng, ngày……. tháng……năm 20</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="1CDFF6DE" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="00AD0BFD" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+            <w:r w:rsidR="00BF56C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>…..</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CDFF6DE" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD0BFD">
+            <w:r w:rsidRPr="001F11E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Người làm đơn</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="138DFA82" w14:textId="36B050A0" w:rsidR="000D6F85" w:rsidRPr="00BF6800" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+          <w:p w14:paraId="138DFA82" w14:textId="3FA3FC97" w:rsidR="000D6F85" w:rsidRPr="003D626F" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF6800">
+            <w:r w:rsidRPr="003D626F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(Ký và ghi họ tên)</w:t>
+              <w:t>(Ký và ghi rõ họ tên)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="703619DC" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="00AD0BFD" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
-[...39 lines deleted...]
-          <w:p w14:paraId="0371F6D9" w14:textId="7AA5F3B7" w:rsidR="000D6F85" w:rsidRDefault="000D6F85" w:rsidP="00B844A0">
+          <w:p w14:paraId="703619DC" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="003D626F" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DCB8A3B" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E766222" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A2B2177" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="000D6F85" w:rsidP="003D626F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4B83A7FE" w14:textId="14D0A680" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="000D6F85">
-[...20 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="0371F6D9" w14:textId="18127B32" w:rsidR="000D6F85" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="180CDD59" w14:textId="77777777" w:rsidR="003D626F" w:rsidRPr="001F11E2" w:rsidRDefault="003D626F" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="426BE902" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRDefault="000D6F85" w:rsidP="000D6F85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2269DD50" w14:textId="75912EC2" w:rsidR="003D626F" w:rsidRPr="001F11E2" w:rsidRDefault="003D626F" w:rsidP="000D6F85">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF6800">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>…………………………………..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0040457F" w14:paraId="113A64D9" w14:textId="77777777" w:rsidTr="00B844A0">
+      <w:tr w:rsidR="000D6F85" w:rsidRPr="001F11E2" w14:paraId="113A64D9" w14:textId="77777777" w:rsidTr="003D626F">
         <w:trPr>
-          <w:trHeight w:val="1963"/>
+          <w:trHeight w:val="2268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4611" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3003A20F" w14:textId="77777777" w:rsidR="0040457F" w:rsidRPr="001F11E2" w:rsidRDefault="0040457F" w:rsidP="0040457F">
+          <w:p w14:paraId="0850F26A" w14:textId="3C546D1E" w:rsidR="000D6F85" w:rsidRPr="001F11E2" w:rsidRDefault="00BF56C3" w:rsidP="004751AF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TRƯỞNG</w:t>
             </w:r>
-            <w:r w:rsidRPr="001F11E2">
+            <w:r w:rsidR="004751AF" w:rsidRPr="001F11E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHÒNG </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>QLNH-TV</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="166CF889" w14:textId="77777777" w:rsidR="0040457F" w:rsidRPr="001F11E2" w:rsidRDefault="0040457F" w:rsidP="0040457F">
+          <w:p w14:paraId="368FB4D8" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="003D626F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="493BBA50" w14:textId="77777777" w:rsidR="0040457F" w:rsidRPr="001F11E2" w:rsidRDefault="0040457F" w:rsidP="0040457F">
+          <w:p w14:paraId="4219938B" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="003D626F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1BD06C49" w14:textId="77777777" w:rsidR="0040457F" w:rsidRDefault="0040457F" w:rsidP="0040457F">
+          <w:p w14:paraId="6A3E0EF7" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="003D626F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="43ABD9A6" w14:textId="77777777" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="0040457F">
+          <w:p w14:paraId="6F9A350B" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="003D626F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="78042171" w14:textId="77777777" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="0040457F">
+          <w:p w14:paraId="09F1D18C" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="003D626F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2EEB2483" w14:textId="497EF43A" w:rsidR="00B844A0" w:rsidRPr="00AD0BFD" w:rsidRDefault="00B844A0" w:rsidP="0040457F">
-            <w:pPr>
+          <w:p w14:paraId="2EEB2483" w14:textId="55BD09B1" w:rsidR="003D626F" w:rsidRPr="001F11E2" w:rsidRDefault="003D626F" w:rsidP="003D626F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF6800">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>…………………………………..</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4631" w:type="dxa"/>
+            <w:tcW w:w="4815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA40790" w14:textId="77777777" w:rsidR="008B2F5A" w:rsidRDefault="008B2F5A" w:rsidP="008B2F5A">
+          <w:p w14:paraId="075EAF36" w14:textId="77777777" w:rsidR="000D6F85" w:rsidRDefault="004751AF" w:rsidP="004751AF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F11E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">DUYỆT CỦA </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00250D2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>HIỆU TRƯỞNG</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FFA0AB0" w14:textId="77777777" w:rsidR="0040457F" w:rsidRDefault="0040457F" w:rsidP="00DE423A">
-            <w:pPr>
+          <w:p w14:paraId="450CDE38" w14:textId="77777777" w:rsidR="00250D2A" w:rsidRDefault="00250D2A" w:rsidP="004751AF">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7391AA1C" w14:textId="77777777" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="00DE423A">
-            <w:pPr>
+          <w:p w14:paraId="6FA40BE7" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="004751AF">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1CE5EA58" w14:textId="77777777" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="00DE423A">
-            <w:pPr>
+          <w:p w14:paraId="03229E04" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="004751AF">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1178633C" w14:textId="77777777" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="00DE423A">
-            <w:pPr>
+          <w:p w14:paraId="28FADA32" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="004751AF">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="22E6540E" w14:textId="77777777" w:rsidR="00B844A0" w:rsidRDefault="00B844A0" w:rsidP="00DE423A">
-            <w:pPr>
+          <w:p w14:paraId="785D4897" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="004751AF">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0DE47A74" w14:textId="79337234" w:rsidR="00B844A0" w:rsidRPr="00AD0BFD" w:rsidRDefault="00B844A0" w:rsidP="00B844A0">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="2DB6BC06" w14:textId="77777777" w:rsidR="003D626F" w:rsidRDefault="003D626F" w:rsidP="003D626F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF6800">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>…………………………………..</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="0DE47A74" w14:textId="3A916F08" w:rsidR="003D626F" w:rsidRPr="001F11E2" w:rsidRDefault="003D626F" w:rsidP="004751AF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="7803C89F" w14:textId="50DA4FC2" w:rsidR="00465FB0" w:rsidRPr="0068669E" w:rsidRDefault="00465FB0" w:rsidP="00B844A0">
+    <w:p w14:paraId="706C0CFD" w14:textId="77777777" w:rsidR="00BF56C3" w:rsidRDefault="00BF56C3" w:rsidP="001E797C">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00465FB0" w:rsidRPr="0068669E" w:rsidSect="0021238C">
+    <w:sectPr w:rsidR="00BF56C3" w:rsidSect="0021238C">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1531" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5CF58865" w14:textId="77777777" w:rsidR="00FD6971" w:rsidRDefault="00FD6971" w:rsidP="00C87FB7">
+    <w:p w14:paraId="6404EAD1" w14:textId="77777777" w:rsidR="002C3817" w:rsidRDefault="002C3817" w:rsidP="00C87FB7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59DFF92B" w14:textId="77777777" w:rsidR="00FD6971" w:rsidRDefault="00FD6971" w:rsidP="00C87FB7">
+    <w:p w14:paraId="495D710B" w14:textId="77777777" w:rsidR="002C3817" w:rsidRDefault="002C3817" w:rsidP="00C87FB7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="78893EA0" w14:textId="54277F27" w:rsidR="00282842" w:rsidRPr="00C87FB7" w:rsidRDefault="00282842" w:rsidP="00C87FB7">
+  <w:p w14:paraId="78893EA0" w14:textId="3EF347A3" w:rsidR="00C87FB7" w:rsidRPr="00C87FB7" w:rsidRDefault="00737913" w:rsidP="001630AF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="clear" w:pos="9360"/>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9214"/>
         <w:tab w:val="left" w:pos="12060"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
-      <w:t>B03.QLNH-TV-04</w:t>
+      <w:t>B01.QLNH-TV-04</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="001630AF">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00C87FB7">
+    <w:r w:rsidR="00C87FB7" w:rsidRPr="00C87FB7">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       </w:rPr>
       <w:t xml:space="preserve">Lần ban hành: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="001630AF">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00C87FB7">
+    <w:r w:rsidR="00C87FB7" w:rsidRPr="00C87FB7">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       </w:rPr>
       <w:t>Ngày ban hành:</w:t>
     </w:r>
+    <w:r w:rsidR="00F507E1">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 29 /4 /2025</w:t>
+      <w:t>29</w:t>
+    </w:r>
+    <w:r w:rsidR="00D90499">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00D90499">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      </w:rPr>
+      <w:t>/20</w:t>
+    </w:r>
+    <w:r w:rsidR="00F507E1">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      </w:rPr>
+      <w:t>25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C44DCB3" w14:textId="77777777" w:rsidR="00FD6971" w:rsidRDefault="00FD6971" w:rsidP="00C87FB7">
+    <w:p w14:paraId="11CC5107" w14:textId="77777777" w:rsidR="002C3817" w:rsidRDefault="002C3817" w:rsidP="00C87FB7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B4B4F69" w14:textId="77777777" w:rsidR="00FD6971" w:rsidRDefault="00FD6971" w:rsidP="00C87FB7">
+    <w:p w14:paraId="3BE1522D" w14:textId="77777777" w:rsidR="002C3817" w:rsidRDefault="002C3817" w:rsidP="00C87FB7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0068669E"/>
-    <w:rsid w:val="00001069"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000C443E"/>
+    <w:rsid w:val="00024B5C"/>
+    <w:rsid w:val="0005606F"/>
+    <w:rsid w:val="00076277"/>
     <w:rsid w:val="000D6F85"/>
-    <w:rsid w:val="00122E7A"/>
-    <w:rsid w:val="00137B08"/>
+    <w:rsid w:val="00151661"/>
+    <w:rsid w:val="001630AF"/>
     <w:rsid w:val="0017522C"/>
     <w:rsid w:val="001E797C"/>
+    <w:rsid w:val="001F11E2"/>
+    <w:rsid w:val="00211DFC"/>
     <w:rsid w:val="0021238C"/>
-    <w:rsid w:val="00254BE0"/>
-[...3 lines deleted...]
-    <w:rsid w:val="0040457F"/>
+    <w:rsid w:val="00250D2A"/>
+    <w:rsid w:val="00291C21"/>
+    <w:rsid w:val="002C3817"/>
+    <w:rsid w:val="003044BD"/>
+    <w:rsid w:val="003D626F"/>
+    <w:rsid w:val="003F7EB6"/>
+    <w:rsid w:val="004311E4"/>
     <w:rsid w:val="00465FB0"/>
     <w:rsid w:val="004751AF"/>
-    <w:rsid w:val="00553C3A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005D186B"/>
+    <w:rsid w:val="004D007C"/>
+    <w:rsid w:val="005E7202"/>
+    <w:rsid w:val="006456B4"/>
+    <w:rsid w:val="00661ED0"/>
     <w:rsid w:val="0068669E"/>
-    <w:rsid w:val="006A2ECF"/>
-    <w:rsid w:val="006D0CEF"/>
+    <w:rsid w:val="006B2EEC"/>
+    <w:rsid w:val="00717583"/>
+    <w:rsid w:val="00737913"/>
     <w:rsid w:val="007664F9"/>
-    <w:rsid w:val="007F0C8F"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00973150"/>
+    <w:rsid w:val="00790CDB"/>
+    <w:rsid w:val="007B0C98"/>
+    <w:rsid w:val="009573D9"/>
     <w:rsid w:val="0097453F"/>
+    <w:rsid w:val="009A3473"/>
+    <w:rsid w:val="009B29DA"/>
     <w:rsid w:val="009D26AF"/>
-    <w:rsid w:val="00A24982"/>
+    <w:rsid w:val="009D2AF8"/>
+    <w:rsid w:val="009E1CA3"/>
+    <w:rsid w:val="009F322B"/>
     <w:rsid w:val="00A3477E"/>
-    <w:rsid w:val="00AD0BFD"/>
+    <w:rsid w:val="00AC364F"/>
     <w:rsid w:val="00B4117C"/>
     <w:rsid w:val="00B62764"/>
+    <w:rsid w:val="00B70E65"/>
     <w:rsid w:val="00B72882"/>
-    <w:rsid w:val="00B74FDB"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00BF6800"/>
+    <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C148CE"/>
-    <w:rsid w:val="00C658A8"/>
     <w:rsid w:val="00C87FB7"/>
-    <w:rsid w:val="00D84291"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DE423A"/>
+    <w:rsid w:val="00D54D09"/>
+    <w:rsid w:val="00D90499"/>
     <w:rsid w:val="00DF2696"/>
-    <w:rsid w:val="00FD6971"/>
-    <w:rsid w:val="00FE0036"/>
+    <w:rsid w:val="00EE4492"/>
+    <w:rsid w:val="00F50537"/>
+    <w:rsid w:val="00F507E1"/>
+    <w:rsid w:val="00F8273C"/>
+    <w:rsid w:val="00FA412D"/>
+    <w:rsid w:val="00FB6D6B"/>
+    <w:rsid w:val="00FC2125"/>
+    <w:rsid w:val="00FE74E9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="28A7B0F8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{384AE69E-287C-46C7-B0D8-DA53C584FC2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
@@ -2284,50 +2371,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C87FB7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="00C87FB7"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -2582,70 +2670,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>145</Words>
-  <Characters>832</Characters>
+  <Words>143</Words>
+  <Characters>818</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>976</CharactersWithSpaces>
+  <CharactersWithSpaces>960</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>le trang tin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>